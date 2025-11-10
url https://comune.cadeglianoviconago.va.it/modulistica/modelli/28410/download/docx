--- v0 (2025-10-21)
+++ v1 (2025-11-10)
@@ -2028,176 +2028,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3414952551"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3414952551"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_457540533"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_457540533"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_457540533"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3414952551"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3414952551"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_457540533"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_457540533"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_457540533"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3414952551"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3414952551"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_457540533"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_457540533"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_457540533"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3414952551"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3414952551"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_457540533"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_457540533"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_457540533"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
@@ -2293,176 +2293,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3414952551"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3414952551"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_457540533"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_457540533"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_457540533"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3414952551"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3414952551"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_457540533"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_457540533"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_457540533"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3414952551"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3414952551"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_457540533"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_457540533"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_457540533"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3414952551"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3414952551"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_457540533"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_457540533"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_457540533"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>