--- v1 (2025-11-10)
+++ v2 (2025-12-05)
@@ -2028,176 +2028,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_457540533"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_457540533"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_4206263237"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_4206263237"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_4206263237"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_457540533"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_457540533"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_4206263237"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_4206263237"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_4206263237"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_457540533"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_457540533"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_4206263237"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_4206263237"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_4206263237"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_457540533"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_457540533"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_4206263237"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_4206263237"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_4206263237"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
@@ -2293,176 +2293,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_457540533"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_457540533"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_4206263237"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_4206263237"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_4206263237"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_457540533"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_457540533"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_4206263237"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_4206263237"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_4206263237"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_457540533"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_457540533"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_4206263237"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_4206263237"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_4206263237"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_457540533"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_457540533"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_4206263237"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_4206263237"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_4206263237"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>