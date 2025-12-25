--- v2 (2025-12-05)
+++ v3 (2025-12-25)
@@ -2028,176 +2028,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_4206263237"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_4206263237"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2783184918"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2783184918"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2783184918"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_4206263237"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_4206263237"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2783184918"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2783184918"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2783184918"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_4206263237"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_4206263237"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2783184918"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2783184918"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2783184918"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_4206263237"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_4206263237"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2783184918"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2783184918"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2783184918"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
@@ -2293,176 +2293,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_4206263237"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_4206263237"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2783184918"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2783184918"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2783184918"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_4206263237"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_4206263237"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2783184918"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2783184918"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2783184918"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_4206263237"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_4206263237"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2783184918"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2783184918"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2783184918"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_4206263237"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_4206263237"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2783184918"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2783184918"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2783184918"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>