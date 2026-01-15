--- v3 (2025-12-25)
+++ v4 (2026-01-15)
@@ -2028,176 +2028,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2783184918"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2783184918"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_707061015"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_707061015"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_707061015"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2783184918"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2783184918"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_707061015"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_707061015"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_707061015"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2783184918"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2783184918"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_707061015"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_707061015"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_707061015"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2783184918"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2783184918"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_707061015"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_707061015"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_707061015"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
@@ -2293,176 +2293,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2783184918"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2783184918"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_707061015"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_707061015"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_707061015"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2783184918"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2783184918"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_707061015"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_707061015"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_707061015"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2783184918"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2783184918"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_707061015"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_707061015"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_707061015"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2783184918"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2783184918"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_707061015"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_707061015"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_707061015"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>