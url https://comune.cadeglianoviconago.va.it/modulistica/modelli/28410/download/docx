--- v4 (2026-01-15)
+++ v5 (2026-02-15)
@@ -2028,176 +2028,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_707061015"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_707061015"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_440216776"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_440216776"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_440216776"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_707061015"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_707061015"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_440216776"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_440216776"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_440216776"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_707061015"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_707061015"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_440216776"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_440216776"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_440216776"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_707061015"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_707061015"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_440216776"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_440216776"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_440216776"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
@@ -2293,176 +2293,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_707061015"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_707061015"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_440216776"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_440216776"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_440216776"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_707061015"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_707061015"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_440216776"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_440216776"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_440216776"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_707061015"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_707061015"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_440216776"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_440216776"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_440216776"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_707061015"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_707061015"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_440216776"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_440216776"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_440216776"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>