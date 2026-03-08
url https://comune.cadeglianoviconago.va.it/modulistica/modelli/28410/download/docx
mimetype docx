--- v5 (2026-02-15)
+++ v6 (2026-03-08)
@@ -2028,176 +2028,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_440216776"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_440216776"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1050568121"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1050568121"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1050568121"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_440216776"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_440216776"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1050568121"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_1050568121"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1050568121"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_440216776"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_440216776"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1050568121"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_1050568121"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1050568121"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_440216776"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_440216776"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1050568121"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1050568121"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1050568121"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
@@ -2293,176 +2293,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_440216776"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_440216776"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1050568121"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1050568121"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1050568121"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_440216776"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_440216776"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1050568121"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_1050568121"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1050568121"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_440216776"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_440216776"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1050568121"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_1050568121"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1050568121"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_440216776"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_440216776"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1050568121"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_1050568121"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1050568121"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>