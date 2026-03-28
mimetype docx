--- v6 (2026-03-08)
+++ v7 (2026-03-28)
@@ -2028,176 +2028,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1050568121"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1050568121"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_605457336"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_605457336"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_605457336"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1050568121"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1050568121"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_605457336"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_605457336"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_605457336"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1050568121"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1050568121"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_605457336"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_605457336"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_605457336"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1050568121"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1050568121"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_605457336"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_605457336"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_605457336"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
@@ -2293,176 +2293,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1050568121"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1050568121"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_605457336"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_605457336"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_605457336"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1050568121"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1050568121"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_605457336"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_605457336"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_605457336"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1050568121"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1050568121"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_605457336"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_605457336"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_605457336"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1050568121"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1050568121"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_605457336"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_605457336"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_605457336"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>