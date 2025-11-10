--- v0 (2025-10-21)
+++ v1 (2025-11-10)
@@ -101,75 +101,75 @@
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6096" w:leader="none"/>
         </w:tabs>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="5727" w:hanging="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__0_3513957778"/>
+            <w:name w:val="__Fieldmark__0_3951551089"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3513957778"/>
-      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3513957778"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3951551089"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3951551089"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3513957778"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3951551089"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6096" w:leader="none"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -255,344 +255,344 @@
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Io sottoscritto/a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__1_3513957778"/>
+            <w:name w:val="__Fieldmark__1_3951551089"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3513957778"/>
-      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3513957778"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3951551089"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3951551089"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3513957778"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3951551089"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> nato/a a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__2_3513957778"/>
+            <w:name w:val="__Fieldmark__2_3951551089"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3513957778"/>
-      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3513957778"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3951551089"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3951551089"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3513957778"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3951551089"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__3_3513957778"/>
+            <w:name w:val="__Fieldmark__3_3951551089"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3513957778"/>
-      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3513957778"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3951551089"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3951551089"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3513957778"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3951551089"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> residente in </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__4_3513957778"/>
+            <w:name w:val="__Fieldmark__4_3951551089"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3513957778"/>
-      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3513957778"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3951551089"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3951551089"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3513957778"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3951551089"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> Via </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__5_3513957778"/>
+            <w:name w:val="__Fieldmark__5_3951551089"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3513957778"/>
-      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3513957778"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3951551089"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3951551089"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3513957778"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3951551089"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__6_3513957778"/>
+            <w:name w:val="__Fieldmark__6_3951551089"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3513957778"/>
-      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3513957778"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3951551089"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3951551089"/>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3513957778"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3951551089"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> Tel. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__7_3513957778"/>
+            <w:name w:val="__Fieldmark__7_3951551089"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3513957778"/>
-      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3513957778"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3951551089"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3951551089"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3513957778"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3951551089"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="60"/>
           <w:sz w:val="21"/>
@@ -827,120 +827,120 @@
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9639" w:leader="none"/>
         </w:tabs>
         <w:spacing w:lineRule="auto" w:line="480" w:before="0" w:after="0"/>
         <w:ind w:left="0" w:hanging="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="false"/>
           <w:b w:val="false"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Data </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__8_3513957778"/>
+            <w:name w:val="__Fieldmark__8_3951551089"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_3513957778"/>
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3513957778"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_3951551089"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3951551089"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="__Fieldmark__8_3513957778"/>
+      <w:bookmarkStart w:id="27" w:name="__Fieldmark__8_3951551089"/>
       <w:bookmarkEnd w:id="27"/>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:iCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__9_3513957778"/>
+            <w:name w:val="__Fieldmark__9_3951551089"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_3513957778"/>
-      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_3513957778"/>
+      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_3951551089"/>
+      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_3951551089"/>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="__Fieldmark__9_3513957778"/>
+      <w:bookmarkStart w:id="30" w:name="__Fieldmark__9_3951551089"/>
       <w:bookmarkEnd w:id="30"/>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9659" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="62" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
         </w:tblBorders>
         <w:tblCellMar>
@@ -1152,76 +1152,76 @@
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">lì </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__10_3513957778"/>
+                  <w:name w:val="__Fieldmark__10_3951551089"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="31" w:name="__Fieldmark__187_846229242"/>
-            <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_3513957778"/>
-            <w:bookmarkStart w:id="33" w:name="__Fieldmark__10_3513957778"/>
+            <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_3951551089"/>
+            <w:bookmarkStart w:id="33" w:name="__Fieldmark__10_3951551089"/>
             <w:bookmarkEnd w:id="33"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>..................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="34" w:name="__Fieldmark__10_3513957778"/>
+            <w:bookmarkStart w:id="34" w:name="__Fieldmark__10_3951551089"/>
             <w:bookmarkStart w:id="35" w:name="Testo4"/>
             <w:bookmarkEnd w:id="34"/>
             <w:bookmarkEnd w:id="31"/>
             <w:bookmarkEnd w:id="35"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
               <w:ind w:left="1701" w:hanging="0"/>
               <w:jc w:val="center"/>
@@ -1232,74 +1232,74 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>L’ADDETTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
               <w:ind w:left="1701" w:hanging="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__11_3513957778"/>
+                  <w:name w:val="__Fieldmark__11_3951551089"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="36" w:name="__Fieldmark__196_846229242"/>
-            <w:bookmarkStart w:id="37" w:name="__Fieldmark__11_3513957778"/>
-            <w:bookmarkStart w:id="38" w:name="__Fieldmark__11_3513957778"/>
+            <w:bookmarkStart w:id="37" w:name="__Fieldmark__11_3951551089"/>
+            <w:bookmarkStart w:id="38" w:name="__Fieldmark__11_3951551089"/>
             <w:bookmarkEnd w:id="38"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>........................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="39" w:name="__Fieldmark__11_3513957778"/>
+            <w:bookmarkStart w:id="39" w:name="__Fieldmark__11_3951551089"/>
             <w:bookmarkEnd w:id="39"/>
             <w:bookmarkEnd w:id="36"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5514" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:fill="FFFFFF" w:val="clear"/>
@@ -1334,121 +1334,121 @@
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324"/>
               <w:ind w:left="284" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="40" w:name="__Fieldmark__204_846229242"/>
             <w:bookmarkStart w:id="41" w:name="__Fieldmark__49_3383497303"/>
-            <w:bookmarkStart w:id="42" w:name="__Fieldmark__12_3513957778"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="44" w:name="__Fieldmark__12_3513957778"/>
+            <w:bookmarkStart w:id="42" w:name="__Fieldmark__12_3951551089"/>
+            <w:bookmarkStart w:id="43" w:name="__Fieldmark__12_3951551089"/>
+            <w:bookmarkStart w:id="44" w:name="__Fieldmark__12_3951551089"/>
             <w:bookmarkEnd w:id="41"/>
             <w:bookmarkEnd w:id="44"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="40"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="45" w:name="__Fieldmark__13_3513957778"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="47" w:name="__Fieldmark__13_3513957778"/>
+            <w:bookmarkStart w:id="45" w:name="__Fieldmark__13_3951551089"/>
+            <w:bookmarkStart w:id="46" w:name="__Fieldmark__13_3951551089"/>
+            <w:bookmarkStart w:id="47" w:name="__Fieldmark__13_3951551089"/>
             <w:bookmarkEnd w:id="47"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="48" w:name="__Fieldmark__14_3513957778"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="50" w:name="__Fieldmark__14_3513957778"/>
+            <w:bookmarkStart w:id="48" w:name="__Fieldmark__14_3951551089"/>
+            <w:bookmarkStart w:id="49" w:name="__Fieldmark__14_3951551089"/>
+            <w:bookmarkStart w:id="50" w:name="__Fieldmark__14_3951551089"/>
             <w:bookmarkEnd w:id="50"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>CARTA D’IDENTITÀ</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324"/>
@@ -1456,93 +1456,93 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="51" w:name="__Fieldmark__213_846229242"/>
             <w:bookmarkStart w:id="52" w:name="__Fieldmark__50_3383497303"/>
-            <w:bookmarkStart w:id="53" w:name="__Fieldmark__15_3513957778"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="55" w:name="__Fieldmark__15_3513957778"/>
+            <w:bookmarkStart w:id="53" w:name="__Fieldmark__15_3951551089"/>
+            <w:bookmarkStart w:id="54" w:name="__Fieldmark__15_3951551089"/>
+            <w:bookmarkStart w:id="55" w:name="__Fieldmark__15_3951551089"/>
             <w:bookmarkEnd w:id="52"/>
             <w:bookmarkEnd w:id="55"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="51"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="56" w:name="__Fieldmark__16_3513957778"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="58" w:name="__Fieldmark__16_3513957778"/>
+            <w:bookmarkStart w:id="56" w:name="__Fieldmark__16_3951551089"/>
+            <w:bookmarkStart w:id="57" w:name="__Fieldmark__16_3951551089"/>
+            <w:bookmarkStart w:id="58" w:name="__Fieldmark__16_3951551089"/>
             <w:bookmarkEnd w:id="58"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324"/>
@@ -1551,94 +1551,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="59" w:name="__Fieldmark__221_846229242"/>
             <w:bookmarkStart w:id="60" w:name="Controllo3"/>
             <w:bookmarkStart w:id="61" w:name="__Fieldmark__51_3383497303"/>
-            <w:bookmarkStart w:id="62" w:name="__Fieldmark__17_3513957778"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="64" w:name="__Fieldmark__17_3513957778"/>
+            <w:bookmarkStart w:id="62" w:name="__Fieldmark__17_3951551089"/>
+            <w:bookmarkStart w:id="63" w:name="__Fieldmark__17_3951551089"/>
+            <w:bookmarkStart w:id="64" w:name="__Fieldmark__17_3951551089"/>
             <w:bookmarkEnd w:id="61"/>
             <w:bookmarkEnd w:id="64"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="59"/>
             <w:bookmarkEnd w:id="60"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="65" w:name="__Fieldmark__18_3513957778"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="67" w:name="__Fieldmark__18_3513957778"/>
+            <w:bookmarkStart w:id="65" w:name="__Fieldmark__18_3951551089"/>
+            <w:bookmarkStart w:id="66" w:name="__Fieldmark__18_3951551089"/>
+            <w:bookmarkStart w:id="67" w:name="__Fieldmark__18_3951551089"/>
             <w:bookmarkEnd w:id="67"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
@@ -1647,139 +1647,139 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="68" w:name="__Fieldmark__229_846229242"/>
             <w:bookmarkStart w:id="69" w:name="Controllo4"/>
             <w:bookmarkStart w:id="70" w:name="__Fieldmark__52_3383497303"/>
-            <w:bookmarkStart w:id="71" w:name="__Fieldmark__19_3513957778"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="73" w:name="__Fieldmark__19_3513957778"/>
+            <w:bookmarkStart w:id="71" w:name="__Fieldmark__19_3951551089"/>
+            <w:bookmarkStart w:id="72" w:name="__Fieldmark__19_3951551089"/>
+            <w:bookmarkStart w:id="73" w:name="__Fieldmark__19_3951551089"/>
             <w:bookmarkEnd w:id="70"/>
             <w:bookmarkEnd w:id="73"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="68"/>
             <w:bookmarkEnd w:id="69"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="74" w:name="__Fieldmark__20_3513957778"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="76" w:name="__Fieldmark__20_3513957778"/>
+            <w:bookmarkStart w:id="74" w:name="__Fieldmark__20_3951551089"/>
+            <w:bookmarkStart w:id="75" w:name="__Fieldmark__20_3951551089"/>
+            <w:bookmarkStart w:id="76" w:name="__Fieldmark__20_3951551089"/>
             <w:bookmarkEnd w:id="76"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__21_3513957778"/>
+                  <w:name w:val="__Fieldmark__21_3951551089"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="77" w:name="__Fieldmark__237_846229242"/>
-            <w:bookmarkStart w:id="78" w:name="__Fieldmark__21_3513957778"/>
-            <w:bookmarkStart w:id="79" w:name="__Fieldmark__21_3513957778"/>
+            <w:bookmarkStart w:id="78" w:name="__Fieldmark__21_3951551089"/>
+            <w:bookmarkStart w:id="79" w:name="__Fieldmark__21_3951551089"/>
             <w:bookmarkEnd w:id="79"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>........................................................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="80" w:name="__Fieldmark__21_3513957778"/>
+            <w:bookmarkStart w:id="80" w:name="__Fieldmark__21_3951551089"/>
             <w:bookmarkEnd w:id="80"/>
             <w:bookmarkEnd w:id="77"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="false"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
@@ -2637,73 +2637,73 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>UFFICIO ELETTORALE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">Si trasmette all’Ufficiale elettorale e si certifica che il richiedente è iscritto su queste liste elettorali generali al n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__22_3513957778"/>
+            <w:name w:val="__Fieldmark__22_3951551089"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="82" w:name="__Fieldmark__22_3513957778"/>
-      <w:bookmarkStart w:id="83" w:name="__Fieldmark__22_3513957778"/>
+      <w:bookmarkStart w:id="82" w:name="__Fieldmark__22_3951551089"/>
+      <w:bookmarkStart w:id="83" w:name="__Fieldmark__22_3951551089"/>
       <w:bookmarkEnd w:id="83"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="84" w:name="__Fieldmark__22_3513957778"/>
+      <w:bookmarkStart w:id="84" w:name="__Fieldmark__22_3951551089"/>
       <w:bookmarkEnd w:id="84"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
@@ -2715,75 +2715,75 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:i/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">Lì </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__23_3513957778"/>
+            <w:name w:val="__Fieldmark__23_3951551089"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="85" w:name="__Fieldmark__23_3513957778"/>
-      <w:bookmarkStart w:id="86" w:name="__Fieldmark__23_3513957778"/>
+      <w:bookmarkStart w:id="85" w:name="__Fieldmark__23_3951551089"/>
+      <w:bookmarkStart w:id="86" w:name="__Fieldmark__23_3951551089"/>
       <w:bookmarkEnd w:id="86"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="87" w:name="__Fieldmark__23_3513957778"/>
+      <w:bookmarkStart w:id="87" w:name="__Fieldmark__23_3951551089"/>
       <w:bookmarkEnd w:id="87"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:b/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:i/>
           <w:iCs/>
@@ -2912,73 +2912,73 @@
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="1304" w:firstLine="284"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Il responsabile del servizio</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__24_3513957778"/>
+            <w:name w:val="__Fieldmark__24_3951551089"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="88" w:name="__Fieldmark__24_3513957778"/>
-      <w:bookmarkStart w:id="89" w:name="__Fieldmark__24_3513957778"/>
+      <w:bookmarkStart w:id="88" w:name="__Fieldmark__24_3951551089"/>
+      <w:bookmarkStart w:id="89" w:name="__Fieldmark__24_3951551089"/>
       <w:bookmarkEnd w:id="89"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="90" w:name="__Fieldmark__24_3513957778"/>
+      <w:bookmarkStart w:id="90" w:name="__Fieldmark__24_3951551089"/>
       <w:bookmarkEnd w:id="90"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:r>
@@ -3004,342 +3004,342 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="91" w:name="__Fieldmark__25_3513957778"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="93" w:name="__Fieldmark__25_3513957778"/>
+      <w:bookmarkStart w:id="91" w:name="__Fieldmark__25_3951551089"/>
+      <w:bookmarkStart w:id="92" w:name="__Fieldmark__25_3951551089"/>
+      <w:bookmarkStart w:id="93" w:name="__Fieldmark__25_3951551089"/>
       <w:bookmarkEnd w:id="93"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> Iscritto/a</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="94" w:name="__Fieldmark__26_3513957778"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="96" w:name="__Fieldmark__26_3513957778"/>
+      <w:bookmarkStart w:id="94" w:name="__Fieldmark__26_3951551089"/>
+      <w:bookmarkStart w:id="95" w:name="__Fieldmark__26_3951551089"/>
+      <w:bookmarkStart w:id="96" w:name="__Fieldmark__26_3951551089"/>
       <w:bookmarkEnd w:id="96"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> Non iscritto/a, perché </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__27_3513957778"/>
+            <w:name w:val="__Fieldmark__27_3951551089"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="97" w:name="__Fieldmark__27_3513957778"/>
-      <w:bookmarkStart w:id="98" w:name="__Fieldmark__27_3513957778"/>
+      <w:bookmarkStart w:id="97" w:name="__Fieldmark__27_3951551089"/>
+      <w:bookmarkStart w:id="98" w:name="__Fieldmark__27_3951551089"/>
       <w:bookmarkEnd w:id="98"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="99" w:name="__Fieldmark__27_3513957778"/>
+      <w:bookmarkStart w:id="99" w:name="__Fieldmark__27_3951551089"/>
       <w:bookmarkEnd w:id="99"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__28_3513957778"/>
+            <w:name w:val="__Fieldmark__28_3951551089"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="100" w:name="__Fieldmark__28_3513957778"/>
-      <w:bookmarkStart w:id="101" w:name="__Fieldmark__28_3513957778"/>
+      <w:bookmarkStart w:id="100" w:name="__Fieldmark__28_3951551089"/>
+      <w:bookmarkStart w:id="101" w:name="__Fieldmark__28_3951551089"/>
       <w:bookmarkEnd w:id="101"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="102" w:name="__Fieldmark__28_3513957778"/>
+      <w:bookmarkStart w:id="102" w:name="__Fieldmark__28_3951551089"/>
       <w:bookmarkEnd w:id="102"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">Verbale n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__29_3513957778"/>
+            <w:name w:val="__Fieldmark__29_3951551089"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="103" w:name="__Fieldmark__29_3513957778"/>
-      <w:bookmarkStart w:id="104" w:name="__Fieldmark__29_3513957778"/>
+      <w:bookmarkStart w:id="103" w:name="__Fieldmark__29_3951551089"/>
+      <w:bookmarkStart w:id="104" w:name="__Fieldmark__29_3951551089"/>
       <w:bookmarkEnd w:id="104"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="105" w:name="__Fieldmark__29_3513957778"/>
+      <w:bookmarkStart w:id="105" w:name="__Fieldmark__29_3951551089"/>
       <w:bookmarkEnd w:id="105"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> del </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__30_3513957778"/>
+            <w:name w:val="__Fieldmark__30_3951551089"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="106" w:name="__Fieldmark__30_3513957778"/>
-      <w:bookmarkStart w:id="107" w:name="__Fieldmark__30_3513957778"/>
+      <w:bookmarkStart w:id="106" w:name="__Fieldmark__30_3951551089"/>
+      <w:bookmarkStart w:id="107" w:name="__Fieldmark__30_3951551089"/>
       <w:bookmarkEnd w:id="107"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="108" w:name="__Fieldmark__30_3513957778"/>
+      <w:bookmarkStart w:id="108" w:name="__Fieldmark__30_3951551089"/>
       <w:bookmarkEnd w:id="108"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:i/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">Lì </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__31_3513957778"/>
+            <w:name w:val="__Fieldmark__31_3951551089"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="109" w:name="__Fieldmark__31_3513957778"/>
-      <w:bookmarkStart w:id="110" w:name="__Fieldmark__31_3513957778"/>
+      <w:bookmarkStart w:id="109" w:name="__Fieldmark__31_3951551089"/>
+      <w:bookmarkStart w:id="110" w:name="__Fieldmark__31_3951551089"/>
       <w:bookmarkEnd w:id="110"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="111" w:name="__Fieldmark__31_3513957778"/>
+      <w:bookmarkStart w:id="111" w:name="__Fieldmark__31_3951551089"/>
       <w:bookmarkEnd w:id="111"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:b/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:i/>
           <w:iCs/>
@@ -3466,73 +3466,73 @@
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="1304" w:firstLine="284"/>
         <w:jc w:val="left"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Il responsabile del servizio</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__32_3513957778"/>
+            <w:name w:val="__Fieldmark__32_3951551089"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="112" w:name="__Fieldmark__32_3513957778"/>
-      <w:bookmarkStart w:id="113" w:name="__Fieldmark__32_3513957778"/>
+      <w:bookmarkStart w:id="112" w:name="__Fieldmark__32_3951551089"/>
+      <w:bookmarkStart w:id="113" w:name="__Fieldmark__32_3951551089"/>
       <w:bookmarkEnd w:id="113"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="114" w:name="__Fieldmark__32_3513957778"/>
+      <w:bookmarkStart w:id="114" w:name="__Fieldmark__32_3951551089"/>
       <w:bookmarkEnd w:id="114"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:left="1134" w:right="1134" w:header="720" w:top="1134" w:footer="340" w:bottom="1134" w:gutter="0"/>
           <w:cols w:num="2" w:space="454" w:equalWidth="true" w:sep="true"/>
           <w:formProt w:val="false"/>
           <w:textDirection w:val="lrTb"/>
           <w:docGrid w:type="default" w:linePitch="326" w:charSpace="0"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>