--- v1 (2025-11-10)
+++ v2 (2025-12-05)
@@ -101,75 +101,75 @@
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6096" w:leader="none"/>
         </w:tabs>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="5727" w:hanging="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__0_3951551089"/>
+            <w:name w:val="__Fieldmark__0_1113333143"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3951551089"/>
-      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3951551089"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1113333143"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1113333143"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3951551089"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1113333143"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6096" w:leader="none"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -255,344 +255,344 @@
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Io sottoscritto/a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__1_3951551089"/>
+            <w:name w:val="__Fieldmark__1_1113333143"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3951551089"/>
-      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3951551089"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1113333143"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_1113333143"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3951551089"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1113333143"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> nato/a a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__2_3951551089"/>
+            <w:name w:val="__Fieldmark__2_1113333143"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3951551089"/>
-      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3951551089"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1113333143"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_1113333143"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3951551089"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1113333143"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__3_3951551089"/>
+            <w:name w:val="__Fieldmark__3_1113333143"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3951551089"/>
-      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3951551089"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1113333143"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1113333143"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3951551089"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1113333143"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> residente in </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__4_3951551089"/>
+            <w:name w:val="__Fieldmark__4_1113333143"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3951551089"/>
-      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3951551089"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1113333143"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1113333143"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3951551089"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1113333143"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> Via </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__5_3951551089"/>
+            <w:name w:val="__Fieldmark__5_1113333143"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3951551089"/>
-      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3951551089"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1113333143"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_1113333143"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3951551089"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1113333143"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__6_3951551089"/>
+            <w:name w:val="__Fieldmark__6_1113333143"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3951551089"/>
-      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3951551089"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1113333143"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_1113333143"/>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3951551089"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1113333143"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> Tel. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__7_3951551089"/>
+            <w:name w:val="__Fieldmark__7_1113333143"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3951551089"/>
-      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3951551089"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1113333143"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_1113333143"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3951551089"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1113333143"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="60"/>
           <w:sz w:val="21"/>
@@ -827,120 +827,120 @@
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9639" w:leader="none"/>
         </w:tabs>
         <w:spacing w:lineRule="auto" w:line="480" w:before="0" w:after="0"/>
         <w:ind w:left="0" w:hanging="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="false"/>
           <w:b w:val="false"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Data </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__8_3951551089"/>
+            <w:name w:val="__Fieldmark__8_1113333143"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_3951551089"/>
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3951551089"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_1113333143"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1113333143"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="__Fieldmark__8_3951551089"/>
+      <w:bookmarkStart w:id="27" w:name="__Fieldmark__8_1113333143"/>
       <w:bookmarkEnd w:id="27"/>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:iCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__9_3951551089"/>
+            <w:name w:val="__Fieldmark__9_1113333143"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_3951551089"/>
-      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_3951551089"/>
+      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_1113333143"/>
+      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_1113333143"/>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="__Fieldmark__9_3951551089"/>
+      <w:bookmarkStart w:id="30" w:name="__Fieldmark__9_1113333143"/>
       <w:bookmarkEnd w:id="30"/>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9659" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="62" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
         </w:tblBorders>
         <w:tblCellMar>
@@ -1152,76 +1152,76 @@
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">lì </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__10_3951551089"/>
+                  <w:name w:val="__Fieldmark__10_1113333143"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="31" w:name="__Fieldmark__187_846229242"/>
-            <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_3951551089"/>
-            <w:bookmarkStart w:id="33" w:name="__Fieldmark__10_3951551089"/>
+            <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_1113333143"/>
+            <w:bookmarkStart w:id="33" w:name="__Fieldmark__10_1113333143"/>
             <w:bookmarkEnd w:id="33"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>..................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="34" w:name="__Fieldmark__10_3951551089"/>
+            <w:bookmarkStart w:id="34" w:name="__Fieldmark__10_1113333143"/>
             <w:bookmarkStart w:id="35" w:name="Testo4"/>
             <w:bookmarkEnd w:id="34"/>
             <w:bookmarkEnd w:id="31"/>
             <w:bookmarkEnd w:id="35"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
               <w:ind w:left="1701" w:hanging="0"/>
               <w:jc w:val="center"/>
@@ -1232,74 +1232,74 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>L’ADDETTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
               <w:ind w:left="1701" w:hanging="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__11_3951551089"/>
+                  <w:name w:val="__Fieldmark__11_1113333143"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="36" w:name="__Fieldmark__196_846229242"/>
-            <w:bookmarkStart w:id="37" w:name="__Fieldmark__11_3951551089"/>
-            <w:bookmarkStart w:id="38" w:name="__Fieldmark__11_3951551089"/>
+            <w:bookmarkStart w:id="37" w:name="__Fieldmark__11_1113333143"/>
+            <w:bookmarkStart w:id="38" w:name="__Fieldmark__11_1113333143"/>
             <w:bookmarkEnd w:id="38"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>........................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="39" w:name="__Fieldmark__11_3951551089"/>
+            <w:bookmarkStart w:id="39" w:name="__Fieldmark__11_1113333143"/>
             <w:bookmarkEnd w:id="39"/>
             <w:bookmarkEnd w:id="36"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5514" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:fill="FFFFFF" w:val="clear"/>
@@ -1334,121 +1334,121 @@
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324"/>
               <w:ind w:left="284" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="40" w:name="__Fieldmark__204_846229242"/>
             <w:bookmarkStart w:id="41" w:name="__Fieldmark__49_3383497303"/>
-            <w:bookmarkStart w:id="42" w:name="__Fieldmark__12_3951551089"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="44" w:name="__Fieldmark__12_3951551089"/>
+            <w:bookmarkStart w:id="42" w:name="__Fieldmark__12_1113333143"/>
+            <w:bookmarkStart w:id="43" w:name="__Fieldmark__12_1113333143"/>
+            <w:bookmarkStart w:id="44" w:name="__Fieldmark__12_1113333143"/>
             <w:bookmarkEnd w:id="41"/>
             <w:bookmarkEnd w:id="44"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="40"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="45" w:name="__Fieldmark__13_3951551089"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="47" w:name="__Fieldmark__13_3951551089"/>
+            <w:bookmarkStart w:id="45" w:name="__Fieldmark__13_1113333143"/>
+            <w:bookmarkStart w:id="46" w:name="__Fieldmark__13_1113333143"/>
+            <w:bookmarkStart w:id="47" w:name="__Fieldmark__13_1113333143"/>
             <w:bookmarkEnd w:id="47"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="48" w:name="__Fieldmark__14_3951551089"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="50" w:name="__Fieldmark__14_3951551089"/>
+            <w:bookmarkStart w:id="48" w:name="__Fieldmark__14_1113333143"/>
+            <w:bookmarkStart w:id="49" w:name="__Fieldmark__14_1113333143"/>
+            <w:bookmarkStart w:id="50" w:name="__Fieldmark__14_1113333143"/>
             <w:bookmarkEnd w:id="50"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>CARTA D’IDENTITÀ</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324"/>
@@ -1456,93 +1456,93 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="51" w:name="__Fieldmark__213_846229242"/>
             <w:bookmarkStart w:id="52" w:name="__Fieldmark__50_3383497303"/>
-            <w:bookmarkStart w:id="53" w:name="__Fieldmark__15_3951551089"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="55" w:name="__Fieldmark__15_3951551089"/>
+            <w:bookmarkStart w:id="53" w:name="__Fieldmark__15_1113333143"/>
+            <w:bookmarkStart w:id="54" w:name="__Fieldmark__15_1113333143"/>
+            <w:bookmarkStart w:id="55" w:name="__Fieldmark__15_1113333143"/>
             <w:bookmarkEnd w:id="52"/>
             <w:bookmarkEnd w:id="55"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="51"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="56" w:name="__Fieldmark__16_3951551089"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="58" w:name="__Fieldmark__16_3951551089"/>
+            <w:bookmarkStart w:id="56" w:name="__Fieldmark__16_1113333143"/>
+            <w:bookmarkStart w:id="57" w:name="__Fieldmark__16_1113333143"/>
+            <w:bookmarkStart w:id="58" w:name="__Fieldmark__16_1113333143"/>
             <w:bookmarkEnd w:id="58"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324"/>
@@ -1551,94 +1551,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="59" w:name="__Fieldmark__221_846229242"/>
             <w:bookmarkStart w:id="60" w:name="Controllo3"/>
             <w:bookmarkStart w:id="61" w:name="__Fieldmark__51_3383497303"/>
-            <w:bookmarkStart w:id="62" w:name="__Fieldmark__17_3951551089"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="64" w:name="__Fieldmark__17_3951551089"/>
+            <w:bookmarkStart w:id="62" w:name="__Fieldmark__17_1113333143"/>
+            <w:bookmarkStart w:id="63" w:name="__Fieldmark__17_1113333143"/>
+            <w:bookmarkStart w:id="64" w:name="__Fieldmark__17_1113333143"/>
             <w:bookmarkEnd w:id="61"/>
             <w:bookmarkEnd w:id="64"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="59"/>
             <w:bookmarkEnd w:id="60"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="65" w:name="__Fieldmark__18_3951551089"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="67" w:name="__Fieldmark__18_3951551089"/>
+            <w:bookmarkStart w:id="65" w:name="__Fieldmark__18_1113333143"/>
+            <w:bookmarkStart w:id="66" w:name="__Fieldmark__18_1113333143"/>
+            <w:bookmarkStart w:id="67" w:name="__Fieldmark__18_1113333143"/>
             <w:bookmarkEnd w:id="67"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
@@ -1647,139 +1647,139 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="68" w:name="__Fieldmark__229_846229242"/>
             <w:bookmarkStart w:id="69" w:name="Controllo4"/>
             <w:bookmarkStart w:id="70" w:name="__Fieldmark__52_3383497303"/>
-            <w:bookmarkStart w:id="71" w:name="__Fieldmark__19_3951551089"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="73" w:name="__Fieldmark__19_3951551089"/>
+            <w:bookmarkStart w:id="71" w:name="__Fieldmark__19_1113333143"/>
+            <w:bookmarkStart w:id="72" w:name="__Fieldmark__19_1113333143"/>
+            <w:bookmarkStart w:id="73" w:name="__Fieldmark__19_1113333143"/>
             <w:bookmarkEnd w:id="70"/>
             <w:bookmarkEnd w:id="73"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="68"/>
             <w:bookmarkEnd w:id="69"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="74" w:name="__Fieldmark__20_3951551089"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="76" w:name="__Fieldmark__20_3951551089"/>
+            <w:bookmarkStart w:id="74" w:name="__Fieldmark__20_1113333143"/>
+            <w:bookmarkStart w:id="75" w:name="__Fieldmark__20_1113333143"/>
+            <w:bookmarkStart w:id="76" w:name="__Fieldmark__20_1113333143"/>
             <w:bookmarkEnd w:id="76"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__21_3951551089"/>
+                  <w:name w:val="__Fieldmark__21_1113333143"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="77" w:name="__Fieldmark__237_846229242"/>
-            <w:bookmarkStart w:id="78" w:name="__Fieldmark__21_3951551089"/>
-            <w:bookmarkStart w:id="79" w:name="__Fieldmark__21_3951551089"/>
+            <w:bookmarkStart w:id="78" w:name="__Fieldmark__21_1113333143"/>
+            <w:bookmarkStart w:id="79" w:name="__Fieldmark__21_1113333143"/>
             <w:bookmarkEnd w:id="79"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>........................................................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="80" w:name="__Fieldmark__21_3951551089"/>
+            <w:bookmarkStart w:id="80" w:name="__Fieldmark__21_1113333143"/>
             <w:bookmarkEnd w:id="80"/>
             <w:bookmarkEnd w:id="77"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="false"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
@@ -2637,73 +2637,73 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>UFFICIO ELETTORALE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">Si trasmette all’Ufficiale elettorale e si certifica che il richiedente è iscritto su queste liste elettorali generali al n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__22_3951551089"/>
+            <w:name w:val="__Fieldmark__22_1113333143"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="82" w:name="__Fieldmark__22_3951551089"/>
-      <w:bookmarkStart w:id="83" w:name="__Fieldmark__22_3951551089"/>
+      <w:bookmarkStart w:id="82" w:name="__Fieldmark__22_1113333143"/>
+      <w:bookmarkStart w:id="83" w:name="__Fieldmark__22_1113333143"/>
       <w:bookmarkEnd w:id="83"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="84" w:name="__Fieldmark__22_3951551089"/>
+      <w:bookmarkStart w:id="84" w:name="__Fieldmark__22_1113333143"/>
       <w:bookmarkEnd w:id="84"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
@@ -2715,75 +2715,75 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:i/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">Lì </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__23_3951551089"/>
+            <w:name w:val="__Fieldmark__23_1113333143"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="85" w:name="__Fieldmark__23_3951551089"/>
-      <w:bookmarkStart w:id="86" w:name="__Fieldmark__23_3951551089"/>
+      <w:bookmarkStart w:id="85" w:name="__Fieldmark__23_1113333143"/>
+      <w:bookmarkStart w:id="86" w:name="__Fieldmark__23_1113333143"/>
       <w:bookmarkEnd w:id="86"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="87" w:name="__Fieldmark__23_3951551089"/>
+      <w:bookmarkStart w:id="87" w:name="__Fieldmark__23_1113333143"/>
       <w:bookmarkEnd w:id="87"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:b/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:i/>
           <w:iCs/>
@@ -2912,73 +2912,73 @@
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="1304" w:firstLine="284"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Il responsabile del servizio</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__24_3951551089"/>
+            <w:name w:val="__Fieldmark__24_1113333143"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="88" w:name="__Fieldmark__24_3951551089"/>
-      <w:bookmarkStart w:id="89" w:name="__Fieldmark__24_3951551089"/>
+      <w:bookmarkStart w:id="88" w:name="__Fieldmark__24_1113333143"/>
+      <w:bookmarkStart w:id="89" w:name="__Fieldmark__24_1113333143"/>
       <w:bookmarkEnd w:id="89"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="90" w:name="__Fieldmark__24_3951551089"/>
+      <w:bookmarkStart w:id="90" w:name="__Fieldmark__24_1113333143"/>
       <w:bookmarkEnd w:id="90"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:r>
@@ -3004,342 +3004,342 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="91" w:name="__Fieldmark__25_3951551089"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="93" w:name="__Fieldmark__25_3951551089"/>
+      <w:bookmarkStart w:id="91" w:name="__Fieldmark__25_1113333143"/>
+      <w:bookmarkStart w:id="92" w:name="__Fieldmark__25_1113333143"/>
+      <w:bookmarkStart w:id="93" w:name="__Fieldmark__25_1113333143"/>
       <w:bookmarkEnd w:id="93"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> Iscritto/a</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="94" w:name="__Fieldmark__26_3951551089"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="96" w:name="__Fieldmark__26_3951551089"/>
+      <w:bookmarkStart w:id="94" w:name="__Fieldmark__26_1113333143"/>
+      <w:bookmarkStart w:id="95" w:name="__Fieldmark__26_1113333143"/>
+      <w:bookmarkStart w:id="96" w:name="__Fieldmark__26_1113333143"/>
       <w:bookmarkEnd w:id="96"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> Non iscritto/a, perché </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__27_3951551089"/>
+            <w:name w:val="__Fieldmark__27_1113333143"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="97" w:name="__Fieldmark__27_3951551089"/>
-      <w:bookmarkStart w:id="98" w:name="__Fieldmark__27_3951551089"/>
+      <w:bookmarkStart w:id="97" w:name="__Fieldmark__27_1113333143"/>
+      <w:bookmarkStart w:id="98" w:name="__Fieldmark__27_1113333143"/>
       <w:bookmarkEnd w:id="98"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="99" w:name="__Fieldmark__27_3951551089"/>
+      <w:bookmarkStart w:id="99" w:name="__Fieldmark__27_1113333143"/>
       <w:bookmarkEnd w:id="99"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__28_3951551089"/>
+            <w:name w:val="__Fieldmark__28_1113333143"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="100" w:name="__Fieldmark__28_3951551089"/>
-      <w:bookmarkStart w:id="101" w:name="__Fieldmark__28_3951551089"/>
+      <w:bookmarkStart w:id="100" w:name="__Fieldmark__28_1113333143"/>
+      <w:bookmarkStart w:id="101" w:name="__Fieldmark__28_1113333143"/>
       <w:bookmarkEnd w:id="101"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="102" w:name="__Fieldmark__28_3951551089"/>
+      <w:bookmarkStart w:id="102" w:name="__Fieldmark__28_1113333143"/>
       <w:bookmarkEnd w:id="102"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">Verbale n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__29_3951551089"/>
+            <w:name w:val="__Fieldmark__29_1113333143"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="103" w:name="__Fieldmark__29_3951551089"/>
-      <w:bookmarkStart w:id="104" w:name="__Fieldmark__29_3951551089"/>
+      <w:bookmarkStart w:id="103" w:name="__Fieldmark__29_1113333143"/>
+      <w:bookmarkStart w:id="104" w:name="__Fieldmark__29_1113333143"/>
       <w:bookmarkEnd w:id="104"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="105" w:name="__Fieldmark__29_3951551089"/>
+      <w:bookmarkStart w:id="105" w:name="__Fieldmark__29_1113333143"/>
       <w:bookmarkEnd w:id="105"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> del </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__30_3951551089"/>
+            <w:name w:val="__Fieldmark__30_1113333143"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="106" w:name="__Fieldmark__30_3951551089"/>
-      <w:bookmarkStart w:id="107" w:name="__Fieldmark__30_3951551089"/>
+      <w:bookmarkStart w:id="106" w:name="__Fieldmark__30_1113333143"/>
+      <w:bookmarkStart w:id="107" w:name="__Fieldmark__30_1113333143"/>
       <w:bookmarkEnd w:id="107"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="108" w:name="__Fieldmark__30_3951551089"/>
+      <w:bookmarkStart w:id="108" w:name="__Fieldmark__30_1113333143"/>
       <w:bookmarkEnd w:id="108"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:i/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">Lì </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__31_3951551089"/>
+            <w:name w:val="__Fieldmark__31_1113333143"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="109" w:name="__Fieldmark__31_3951551089"/>
-      <w:bookmarkStart w:id="110" w:name="__Fieldmark__31_3951551089"/>
+      <w:bookmarkStart w:id="109" w:name="__Fieldmark__31_1113333143"/>
+      <w:bookmarkStart w:id="110" w:name="__Fieldmark__31_1113333143"/>
       <w:bookmarkEnd w:id="110"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="111" w:name="__Fieldmark__31_3951551089"/>
+      <w:bookmarkStart w:id="111" w:name="__Fieldmark__31_1113333143"/>
       <w:bookmarkEnd w:id="111"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:b/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:i/>
           <w:iCs/>
@@ -3466,73 +3466,73 @@
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="1304" w:firstLine="284"/>
         <w:jc w:val="left"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Il responsabile del servizio</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__32_3951551089"/>
+            <w:name w:val="__Fieldmark__32_1113333143"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="112" w:name="__Fieldmark__32_3951551089"/>
-      <w:bookmarkStart w:id="113" w:name="__Fieldmark__32_3951551089"/>
+      <w:bookmarkStart w:id="112" w:name="__Fieldmark__32_1113333143"/>
+      <w:bookmarkStart w:id="113" w:name="__Fieldmark__32_1113333143"/>
       <w:bookmarkEnd w:id="113"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="114" w:name="__Fieldmark__32_3951551089"/>
+      <w:bookmarkStart w:id="114" w:name="__Fieldmark__32_1113333143"/>
       <w:bookmarkEnd w:id="114"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:left="1134" w:right="1134" w:header="720" w:top="1134" w:footer="340" w:bottom="1134" w:gutter="0"/>
           <w:cols w:num="2" w:space="454" w:equalWidth="true" w:sep="true"/>
           <w:formProt w:val="false"/>
           <w:textDirection w:val="lrTb"/>
           <w:docGrid w:type="default" w:linePitch="326" w:charSpace="0"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>