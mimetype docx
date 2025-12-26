--- v2 (2025-12-05)
+++ v3 (2025-12-26)
@@ -101,75 +101,75 @@
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6096" w:leader="none"/>
         </w:tabs>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="5727" w:hanging="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__0_1113333143"/>
+            <w:name w:val="__Fieldmark__0_2526274039"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1113333143"/>
-      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1113333143"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2526274039"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2526274039"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1113333143"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2526274039"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6096" w:leader="none"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -255,344 +255,344 @@
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Io sottoscritto/a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__1_1113333143"/>
+            <w:name w:val="__Fieldmark__1_2526274039"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1113333143"/>
-      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_1113333143"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2526274039"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2526274039"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1113333143"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2526274039"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> nato/a a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__2_1113333143"/>
+            <w:name w:val="__Fieldmark__2_2526274039"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1113333143"/>
-      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_1113333143"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2526274039"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2526274039"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1113333143"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2526274039"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__3_1113333143"/>
+            <w:name w:val="__Fieldmark__3_2526274039"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1113333143"/>
-      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1113333143"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2526274039"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2526274039"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1113333143"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2526274039"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> residente in </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__4_1113333143"/>
+            <w:name w:val="__Fieldmark__4_2526274039"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1113333143"/>
-      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1113333143"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2526274039"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2526274039"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1113333143"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2526274039"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> Via </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__5_1113333143"/>
+            <w:name w:val="__Fieldmark__5_2526274039"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1113333143"/>
-      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_1113333143"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2526274039"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2526274039"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1113333143"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2526274039"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__6_1113333143"/>
+            <w:name w:val="__Fieldmark__6_2526274039"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1113333143"/>
-      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_1113333143"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2526274039"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2526274039"/>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1113333143"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2526274039"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> Tel. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__7_1113333143"/>
+            <w:name w:val="__Fieldmark__7_2526274039"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1113333143"/>
-      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_1113333143"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2526274039"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2526274039"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1113333143"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2526274039"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="60"/>
           <w:sz w:val="21"/>
@@ -827,120 +827,120 @@
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9639" w:leader="none"/>
         </w:tabs>
         <w:spacing w:lineRule="auto" w:line="480" w:before="0" w:after="0"/>
         <w:ind w:left="0" w:hanging="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="false"/>
           <w:b w:val="false"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Data </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__8_1113333143"/>
+            <w:name w:val="__Fieldmark__8_2526274039"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_1113333143"/>
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1113333143"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_2526274039"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2526274039"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="__Fieldmark__8_1113333143"/>
+      <w:bookmarkStart w:id="27" w:name="__Fieldmark__8_2526274039"/>
       <w:bookmarkEnd w:id="27"/>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:iCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__9_1113333143"/>
+            <w:name w:val="__Fieldmark__9_2526274039"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_1113333143"/>
-      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_1113333143"/>
+      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_2526274039"/>
+      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_2526274039"/>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="__Fieldmark__9_1113333143"/>
+      <w:bookmarkStart w:id="30" w:name="__Fieldmark__9_2526274039"/>
       <w:bookmarkEnd w:id="30"/>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9659" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="62" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
         </w:tblBorders>
         <w:tblCellMar>
@@ -1152,76 +1152,76 @@
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">lì </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__10_1113333143"/>
+                  <w:name w:val="__Fieldmark__10_2526274039"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="31" w:name="__Fieldmark__187_846229242"/>
-            <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_1113333143"/>
-            <w:bookmarkStart w:id="33" w:name="__Fieldmark__10_1113333143"/>
+            <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_2526274039"/>
+            <w:bookmarkStart w:id="33" w:name="__Fieldmark__10_2526274039"/>
             <w:bookmarkEnd w:id="33"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>..................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="34" w:name="__Fieldmark__10_1113333143"/>
+            <w:bookmarkStart w:id="34" w:name="__Fieldmark__10_2526274039"/>
             <w:bookmarkStart w:id="35" w:name="Testo4"/>
             <w:bookmarkEnd w:id="34"/>
             <w:bookmarkEnd w:id="31"/>
             <w:bookmarkEnd w:id="35"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
               <w:ind w:left="1701" w:hanging="0"/>
               <w:jc w:val="center"/>
@@ -1232,74 +1232,74 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>L’ADDETTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
               <w:ind w:left="1701" w:hanging="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__11_1113333143"/>
+                  <w:name w:val="__Fieldmark__11_2526274039"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="36" w:name="__Fieldmark__196_846229242"/>
-            <w:bookmarkStart w:id="37" w:name="__Fieldmark__11_1113333143"/>
-            <w:bookmarkStart w:id="38" w:name="__Fieldmark__11_1113333143"/>
+            <w:bookmarkStart w:id="37" w:name="__Fieldmark__11_2526274039"/>
+            <w:bookmarkStart w:id="38" w:name="__Fieldmark__11_2526274039"/>
             <w:bookmarkEnd w:id="38"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>........................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="39" w:name="__Fieldmark__11_1113333143"/>
+            <w:bookmarkStart w:id="39" w:name="__Fieldmark__11_2526274039"/>
             <w:bookmarkEnd w:id="39"/>
             <w:bookmarkEnd w:id="36"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5514" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:fill="FFFFFF" w:val="clear"/>
@@ -1334,121 +1334,121 @@
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324"/>
               <w:ind w:left="284" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="40" w:name="__Fieldmark__204_846229242"/>
             <w:bookmarkStart w:id="41" w:name="__Fieldmark__49_3383497303"/>
-            <w:bookmarkStart w:id="42" w:name="__Fieldmark__12_1113333143"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="44" w:name="__Fieldmark__12_1113333143"/>
+            <w:bookmarkStart w:id="42" w:name="__Fieldmark__12_2526274039"/>
+            <w:bookmarkStart w:id="43" w:name="__Fieldmark__12_2526274039"/>
+            <w:bookmarkStart w:id="44" w:name="__Fieldmark__12_2526274039"/>
             <w:bookmarkEnd w:id="41"/>
             <w:bookmarkEnd w:id="44"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="40"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="45" w:name="__Fieldmark__13_1113333143"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="47" w:name="__Fieldmark__13_1113333143"/>
+            <w:bookmarkStart w:id="45" w:name="__Fieldmark__13_2526274039"/>
+            <w:bookmarkStart w:id="46" w:name="__Fieldmark__13_2526274039"/>
+            <w:bookmarkStart w:id="47" w:name="__Fieldmark__13_2526274039"/>
             <w:bookmarkEnd w:id="47"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="48" w:name="__Fieldmark__14_1113333143"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="50" w:name="__Fieldmark__14_1113333143"/>
+            <w:bookmarkStart w:id="48" w:name="__Fieldmark__14_2526274039"/>
+            <w:bookmarkStart w:id="49" w:name="__Fieldmark__14_2526274039"/>
+            <w:bookmarkStart w:id="50" w:name="__Fieldmark__14_2526274039"/>
             <w:bookmarkEnd w:id="50"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>CARTA D’IDENTITÀ</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324"/>
@@ -1456,93 +1456,93 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="51" w:name="__Fieldmark__213_846229242"/>
             <w:bookmarkStart w:id="52" w:name="__Fieldmark__50_3383497303"/>
-            <w:bookmarkStart w:id="53" w:name="__Fieldmark__15_1113333143"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="55" w:name="__Fieldmark__15_1113333143"/>
+            <w:bookmarkStart w:id="53" w:name="__Fieldmark__15_2526274039"/>
+            <w:bookmarkStart w:id="54" w:name="__Fieldmark__15_2526274039"/>
+            <w:bookmarkStart w:id="55" w:name="__Fieldmark__15_2526274039"/>
             <w:bookmarkEnd w:id="52"/>
             <w:bookmarkEnd w:id="55"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="51"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="56" w:name="__Fieldmark__16_1113333143"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="58" w:name="__Fieldmark__16_1113333143"/>
+            <w:bookmarkStart w:id="56" w:name="__Fieldmark__16_2526274039"/>
+            <w:bookmarkStart w:id="57" w:name="__Fieldmark__16_2526274039"/>
+            <w:bookmarkStart w:id="58" w:name="__Fieldmark__16_2526274039"/>
             <w:bookmarkEnd w:id="58"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324"/>
@@ -1551,94 +1551,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="59" w:name="__Fieldmark__221_846229242"/>
             <w:bookmarkStart w:id="60" w:name="Controllo3"/>
             <w:bookmarkStart w:id="61" w:name="__Fieldmark__51_3383497303"/>
-            <w:bookmarkStart w:id="62" w:name="__Fieldmark__17_1113333143"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="64" w:name="__Fieldmark__17_1113333143"/>
+            <w:bookmarkStart w:id="62" w:name="__Fieldmark__17_2526274039"/>
+            <w:bookmarkStart w:id="63" w:name="__Fieldmark__17_2526274039"/>
+            <w:bookmarkStart w:id="64" w:name="__Fieldmark__17_2526274039"/>
             <w:bookmarkEnd w:id="61"/>
             <w:bookmarkEnd w:id="64"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="59"/>
             <w:bookmarkEnd w:id="60"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="65" w:name="__Fieldmark__18_1113333143"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="67" w:name="__Fieldmark__18_1113333143"/>
+            <w:bookmarkStart w:id="65" w:name="__Fieldmark__18_2526274039"/>
+            <w:bookmarkStart w:id="66" w:name="__Fieldmark__18_2526274039"/>
+            <w:bookmarkStart w:id="67" w:name="__Fieldmark__18_2526274039"/>
             <w:bookmarkEnd w:id="67"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
@@ -1647,139 +1647,139 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="68" w:name="__Fieldmark__229_846229242"/>
             <w:bookmarkStart w:id="69" w:name="Controllo4"/>
             <w:bookmarkStart w:id="70" w:name="__Fieldmark__52_3383497303"/>
-            <w:bookmarkStart w:id="71" w:name="__Fieldmark__19_1113333143"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="73" w:name="__Fieldmark__19_1113333143"/>
+            <w:bookmarkStart w:id="71" w:name="__Fieldmark__19_2526274039"/>
+            <w:bookmarkStart w:id="72" w:name="__Fieldmark__19_2526274039"/>
+            <w:bookmarkStart w:id="73" w:name="__Fieldmark__19_2526274039"/>
             <w:bookmarkEnd w:id="70"/>
             <w:bookmarkEnd w:id="73"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="68"/>
             <w:bookmarkEnd w:id="69"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="74" w:name="__Fieldmark__20_1113333143"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="76" w:name="__Fieldmark__20_1113333143"/>
+            <w:bookmarkStart w:id="74" w:name="__Fieldmark__20_2526274039"/>
+            <w:bookmarkStart w:id="75" w:name="__Fieldmark__20_2526274039"/>
+            <w:bookmarkStart w:id="76" w:name="__Fieldmark__20_2526274039"/>
             <w:bookmarkEnd w:id="76"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__21_1113333143"/>
+                  <w:name w:val="__Fieldmark__21_2526274039"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="77" w:name="__Fieldmark__237_846229242"/>
-            <w:bookmarkStart w:id="78" w:name="__Fieldmark__21_1113333143"/>
-            <w:bookmarkStart w:id="79" w:name="__Fieldmark__21_1113333143"/>
+            <w:bookmarkStart w:id="78" w:name="__Fieldmark__21_2526274039"/>
+            <w:bookmarkStart w:id="79" w:name="__Fieldmark__21_2526274039"/>
             <w:bookmarkEnd w:id="79"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>........................................................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="80" w:name="__Fieldmark__21_1113333143"/>
+            <w:bookmarkStart w:id="80" w:name="__Fieldmark__21_2526274039"/>
             <w:bookmarkEnd w:id="80"/>
             <w:bookmarkEnd w:id="77"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="false"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
@@ -2637,73 +2637,73 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>UFFICIO ELETTORALE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">Si trasmette all’Ufficiale elettorale e si certifica che il richiedente è iscritto su queste liste elettorali generali al n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__22_1113333143"/>
+            <w:name w:val="__Fieldmark__22_2526274039"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="82" w:name="__Fieldmark__22_1113333143"/>
-      <w:bookmarkStart w:id="83" w:name="__Fieldmark__22_1113333143"/>
+      <w:bookmarkStart w:id="82" w:name="__Fieldmark__22_2526274039"/>
+      <w:bookmarkStart w:id="83" w:name="__Fieldmark__22_2526274039"/>
       <w:bookmarkEnd w:id="83"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="84" w:name="__Fieldmark__22_1113333143"/>
+      <w:bookmarkStart w:id="84" w:name="__Fieldmark__22_2526274039"/>
       <w:bookmarkEnd w:id="84"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
@@ -2715,75 +2715,75 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:i/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">Lì </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__23_1113333143"/>
+            <w:name w:val="__Fieldmark__23_2526274039"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="85" w:name="__Fieldmark__23_1113333143"/>
-      <w:bookmarkStart w:id="86" w:name="__Fieldmark__23_1113333143"/>
+      <w:bookmarkStart w:id="85" w:name="__Fieldmark__23_2526274039"/>
+      <w:bookmarkStart w:id="86" w:name="__Fieldmark__23_2526274039"/>
       <w:bookmarkEnd w:id="86"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="87" w:name="__Fieldmark__23_1113333143"/>
+      <w:bookmarkStart w:id="87" w:name="__Fieldmark__23_2526274039"/>
       <w:bookmarkEnd w:id="87"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:b/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:i/>
           <w:iCs/>
@@ -2912,73 +2912,73 @@
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="1304" w:firstLine="284"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Il responsabile del servizio</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__24_1113333143"/>
+            <w:name w:val="__Fieldmark__24_2526274039"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="88" w:name="__Fieldmark__24_1113333143"/>
-      <w:bookmarkStart w:id="89" w:name="__Fieldmark__24_1113333143"/>
+      <w:bookmarkStart w:id="88" w:name="__Fieldmark__24_2526274039"/>
+      <w:bookmarkStart w:id="89" w:name="__Fieldmark__24_2526274039"/>
       <w:bookmarkEnd w:id="89"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="90" w:name="__Fieldmark__24_1113333143"/>
+      <w:bookmarkStart w:id="90" w:name="__Fieldmark__24_2526274039"/>
       <w:bookmarkEnd w:id="90"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:r>
@@ -3004,342 +3004,342 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="91" w:name="__Fieldmark__25_1113333143"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="93" w:name="__Fieldmark__25_1113333143"/>
+      <w:bookmarkStart w:id="91" w:name="__Fieldmark__25_2526274039"/>
+      <w:bookmarkStart w:id="92" w:name="__Fieldmark__25_2526274039"/>
+      <w:bookmarkStart w:id="93" w:name="__Fieldmark__25_2526274039"/>
       <w:bookmarkEnd w:id="93"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> Iscritto/a</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="94" w:name="__Fieldmark__26_1113333143"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="96" w:name="__Fieldmark__26_1113333143"/>
+      <w:bookmarkStart w:id="94" w:name="__Fieldmark__26_2526274039"/>
+      <w:bookmarkStart w:id="95" w:name="__Fieldmark__26_2526274039"/>
+      <w:bookmarkStart w:id="96" w:name="__Fieldmark__26_2526274039"/>
       <w:bookmarkEnd w:id="96"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> Non iscritto/a, perché </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__27_1113333143"/>
+            <w:name w:val="__Fieldmark__27_2526274039"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="97" w:name="__Fieldmark__27_1113333143"/>
-      <w:bookmarkStart w:id="98" w:name="__Fieldmark__27_1113333143"/>
+      <w:bookmarkStart w:id="97" w:name="__Fieldmark__27_2526274039"/>
+      <w:bookmarkStart w:id="98" w:name="__Fieldmark__27_2526274039"/>
       <w:bookmarkEnd w:id="98"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="99" w:name="__Fieldmark__27_1113333143"/>
+      <w:bookmarkStart w:id="99" w:name="__Fieldmark__27_2526274039"/>
       <w:bookmarkEnd w:id="99"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__28_1113333143"/>
+            <w:name w:val="__Fieldmark__28_2526274039"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="100" w:name="__Fieldmark__28_1113333143"/>
-      <w:bookmarkStart w:id="101" w:name="__Fieldmark__28_1113333143"/>
+      <w:bookmarkStart w:id="100" w:name="__Fieldmark__28_2526274039"/>
+      <w:bookmarkStart w:id="101" w:name="__Fieldmark__28_2526274039"/>
       <w:bookmarkEnd w:id="101"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="102" w:name="__Fieldmark__28_1113333143"/>
+      <w:bookmarkStart w:id="102" w:name="__Fieldmark__28_2526274039"/>
       <w:bookmarkEnd w:id="102"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">Verbale n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__29_1113333143"/>
+            <w:name w:val="__Fieldmark__29_2526274039"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="103" w:name="__Fieldmark__29_1113333143"/>
-      <w:bookmarkStart w:id="104" w:name="__Fieldmark__29_1113333143"/>
+      <w:bookmarkStart w:id="103" w:name="__Fieldmark__29_2526274039"/>
+      <w:bookmarkStart w:id="104" w:name="__Fieldmark__29_2526274039"/>
       <w:bookmarkEnd w:id="104"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="105" w:name="__Fieldmark__29_1113333143"/>
+      <w:bookmarkStart w:id="105" w:name="__Fieldmark__29_2526274039"/>
       <w:bookmarkEnd w:id="105"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> del </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__30_1113333143"/>
+            <w:name w:val="__Fieldmark__30_2526274039"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="106" w:name="__Fieldmark__30_1113333143"/>
-      <w:bookmarkStart w:id="107" w:name="__Fieldmark__30_1113333143"/>
+      <w:bookmarkStart w:id="106" w:name="__Fieldmark__30_2526274039"/>
+      <w:bookmarkStart w:id="107" w:name="__Fieldmark__30_2526274039"/>
       <w:bookmarkEnd w:id="107"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="108" w:name="__Fieldmark__30_1113333143"/>
+      <w:bookmarkStart w:id="108" w:name="__Fieldmark__30_2526274039"/>
       <w:bookmarkEnd w:id="108"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:i/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">Lì </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__31_1113333143"/>
+            <w:name w:val="__Fieldmark__31_2526274039"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="109" w:name="__Fieldmark__31_1113333143"/>
-      <w:bookmarkStart w:id="110" w:name="__Fieldmark__31_1113333143"/>
+      <w:bookmarkStart w:id="109" w:name="__Fieldmark__31_2526274039"/>
+      <w:bookmarkStart w:id="110" w:name="__Fieldmark__31_2526274039"/>
       <w:bookmarkEnd w:id="110"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="111" w:name="__Fieldmark__31_1113333143"/>
+      <w:bookmarkStart w:id="111" w:name="__Fieldmark__31_2526274039"/>
       <w:bookmarkEnd w:id="111"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:b/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:i/>
           <w:iCs/>
@@ -3466,73 +3466,73 @@
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="1304" w:firstLine="284"/>
         <w:jc w:val="left"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Il responsabile del servizio</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__32_1113333143"/>
+            <w:name w:val="__Fieldmark__32_2526274039"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="112" w:name="__Fieldmark__32_1113333143"/>
-      <w:bookmarkStart w:id="113" w:name="__Fieldmark__32_1113333143"/>
+      <w:bookmarkStart w:id="112" w:name="__Fieldmark__32_2526274039"/>
+      <w:bookmarkStart w:id="113" w:name="__Fieldmark__32_2526274039"/>
       <w:bookmarkEnd w:id="113"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="114" w:name="__Fieldmark__32_1113333143"/>
+      <w:bookmarkStart w:id="114" w:name="__Fieldmark__32_2526274039"/>
       <w:bookmarkEnd w:id="114"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:left="1134" w:right="1134" w:header="720" w:top="1134" w:footer="340" w:bottom="1134" w:gutter="0"/>
           <w:cols w:num="2" w:space="454" w:equalWidth="true" w:sep="true"/>
           <w:formProt w:val="false"/>
           <w:textDirection w:val="lrTb"/>
           <w:docGrid w:type="default" w:linePitch="326" w:charSpace="0"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>