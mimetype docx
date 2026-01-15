--- v3 (2025-12-26)
+++ v4 (2026-01-15)
@@ -101,75 +101,75 @@
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6096" w:leader="none"/>
         </w:tabs>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="5727" w:hanging="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__0_2526274039"/>
+            <w:name w:val="__Fieldmark__0_3527607749"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2526274039"/>
-      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2526274039"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3527607749"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3527607749"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2526274039"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3527607749"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6096" w:leader="none"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -255,344 +255,344 @@
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Io sottoscritto/a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__1_2526274039"/>
+            <w:name w:val="__Fieldmark__1_3527607749"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2526274039"/>
-      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2526274039"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3527607749"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3527607749"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2526274039"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3527607749"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> nato/a a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__2_2526274039"/>
+            <w:name w:val="__Fieldmark__2_3527607749"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2526274039"/>
-      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2526274039"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3527607749"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3527607749"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2526274039"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3527607749"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__3_2526274039"/>
+            <w:name w:val="__Fieldmark__3_3527607749"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2526274039"/>
-      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2526274039"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3527607749"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3527607749"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2526274039"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3527607749"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> residente in </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__4_2526274039"/>
+            <w:name w:val="__Fieldmark__4_3527607749"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2526274039"/>
-      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2526274039"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3527607749"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3527607749"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2526274039"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3527607749"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> Via </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__5_2526274039"/>
+            <w:name w:val="__Fieldmark__5_3527607749"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2526274039"/>
-      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2526274039"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3527607749"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3527607749"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2526274039"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3527607749"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__6_2526274039"/>
+            <w:name w:val="__Fieldmark__6_3527607749"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2526274039"/>
-      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2526274039"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3527607749"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3527607749"/>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2526274039"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3527607749"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> Tel. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__7_2526274039"/>
+            <w:name w:val="__Fieldmark__7_3527607749"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2526274039"/>
-      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2526274039"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3527607749"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3527607749"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2526274039"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3527607749"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="60"/>
           <w:sz w:val="21"/>
@@ -827,120 +827,120 @@
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9639" w:leader="none"/>
         </w:tabs>
         <w:spacing w:lineRule="auto" w:line="480" w:before="0" w:after="0"/>
         <w:ind w:left="0" w:hanging="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="false"/>
           <w:b w:val="false"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Data </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__8_2526274039"/>
+            <w:name w:val="__Fieldmark__8_3527607749"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_2526274039"/>
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2526274039"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_3527607749"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3527607749"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="__Fieldmark__8_2526274039"/>
+      <w:bookmarkStart w:id="27" w:name="__Fieldmark__8_3527607749"/>
       <w:bookmarkEnd w:id="27"/>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:iCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__9_2526274039"/>
+            <w:name w:val="__Fieldmark__9_3527607749"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_2526274039"/>
-      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_2526274039"/>
+      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_3527607749"/>
+      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_3527607749"/>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="__Fieldmark__9_2526274039"/>
+      <w:bookmarkStart w:id="30" w:name="__Fieldmark__9_3527607749"/>
       <w:bookmarkEnd w:id="30"/>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9659" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="62" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
         </w:tblBorders>
         <w:tblCellMar>
@@ -1152,76 +1152,76 @@
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">lì </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__10_2526274039"/>
+                  <w:name w:val="__Fieldmark__10_3527607749"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="31" w:name="__Fieldmark__187_846229242"/>
-            <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_2526274039"/>
-            <w:bookmarkStart w:id="33" w:name="__Fieldmark__10_2526274039"/>
+            <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_3527607749"/>
+            <w:bookmarkStart w:id="33" w:name="__Fieldmark__10_3527607749"/>
             <w:bookmarkEnd w:id="33"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>..................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="34" w:name="__Fieldmark__10_2526274039"/>
+            <w:bookmarkStart w:id="34" w:name="__Fieldmark__10_3527607749"/>
             <w:bookmarkStart w:id="35" w:name="Testo4"/>
             <w:bookmarkEnd w:id="34"/>
             <w:bookmarkEnd w:id="31"/>
             <w:bookmarkEnd w:id="35"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
               <w:ind w:left="1701" w:hanging="0"/>
               <w:jc w:val="center"/>
@@ -1232,74 +1232,74 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>L’ADDETTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
               <w:ind w:left="1701" w:hanging="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__11_2526274039"/>
+                  <w:name w:val="__Fieldmark__11_3527607749"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="36" w:name="__Fieldmark__196_846229242"/>
-            <w:bookmarkStart w:id="37" w:name="__Fieldmark__11_2526274039"/>
-            <w:bookmarkStart w:id="38" w:name="__Fieldmark__11_2526274039"/>
+            <w:bookmarkStart w:id="37" w:name="__Fieldmark__11_3527607749"/>
+            <w:bookmarkStart w:id="38" w:name="__Fieldmark__11_3527607749"/>
             <w:bookmarkEnd w:id="38"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>........................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="39" w:name="__Fieldmark__11_2526274039"/>
+            <w:bookmarkStart w:id="39" w:name="__Fieldmark__11_3527607749"/>
             <w:bookmarkEnd w:id="39"/>
             <w:bookmarkEnd w:id="36"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5514" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:fill="FFFFFF" w:val="clear"/>
@@ -1334,121 +1334,121 @@
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324"/>
               <w:ind w:left="284" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="40" w:name="__Fieldmark__204_846229242"/>
             <w:bookmarkStart w:id="41" w:name="__Fieldmark__49_3383497303"/>
-            <w:bookmarkStart w:id="42" w:name="__Fieldmark__12_2526274039"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="44" w:name="__Fieldmark__12_2526274039"/>
+            <w:bookmarkStart w:id="42" w:name="__Fieldmark__12_3527607749"/>
+            <w:bookmarkStart w:id="43" w:name="__Fieldmark__12_3527607749"/>
+            <w:bookmarkStart w:id="44" w:name="__Fieldmark__12_3527607749"/>
             <w:bookmarkEnd w:id="41"/>
             <w:bookmarkEnd w:id="44"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="40"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="45" w:name="__Fieldmark__13_2526274039"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="47" w:name="__Fieldmark__13_2526274039"/>
+            <w:bookmarkStart w:id="45" w:name="__Fieldmark__13_3527607749"/>
+            <w:bookmarkStart w:id="46" w:name="__Fieldmark__13_3527607749"/>
+            <w:bookmarkStart w:id="47" w:name="__Fieldmark__13_3527607749"/>
             <w:bookmarkEnd w:id="47"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="48" w:name="__Fieldmark__14_2526274039"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="50" w:name="__Fieldmark__14_2526274039"/>
+            <w:bookmarkStart w:id="48" w:name="__Fieldmark__14_3527607749"/>
+            <w:bookmarkStart w:id="49" w:name="__Fieldmark__14_3527607749"/>
+            <w:bookmarkStart w:id="50" w:name="__Fieldmark__14_3527607749"/>
             <w:bookmarkEnd w:id="50"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>CARTA D’IDENTITÀ</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324"/>
@@ -1456,93 +1456,93 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="51" w:name="__Fieldmark__213_846229242"/>
             <w:bookmarkStart w:id="52" w:name="__Fieldmark__50_3383497303"/>
-            <w:bookmarkStart w:id="53" w:name="__Fieldmark__15_2526274039"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="55" w:name="__Fieldmark__15_2526274039"/>
+            <w:bookmarkStart w:id="53" w:name="__Fieldmark__15_3527607749"/>
+            <w:bookmarkStart w:id="54" w:name="__Fieldmark__15_3527607749"/>
+            <w:bookmarkStart w:id="55" w:name="__Fieldmark__15_3527607749"/>
             <w:bookmarkEnd w:id="52"/>
             <w:bookmarkEnd w:id="55"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="51"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="56" w:name="__Fieldmark__16_2526274039"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="58" w:name="__Fieldmark__16_2526274039"/>
+            <w:bookmarkStart w:id="56" w:name="__Fieldmark__16_3527607749"/>
+            <w:bookmarkStart w:id="57" w:name="__Fieldmark__16_3527607749"/>
+            <w:bookmarkStart w:id="58" w:name="__Fieldmark__16_3527607749"/>
             <w:bookmarkEnd w:id="58"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324"/>
@@ -1551,94 +1551,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="59" w:name="__Fieldmark__221_846229242"/>
             <w:bookmarkStart w:id="60" w:name="Controllo3"/>
             <w:bookmarkStart w:id="61" w:name="__Fieldmark__51_3383497303"/>
-            <w:bookmarkStart w:id="62" w:name="__Fieldmark__17_2526274039"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="64" w:name="__Fieldmark__17_2526274039"/>
+            <w:bookmarkStart w:id="62" w:name="__Fieldmark__17_3527607749"/>
+            <w:bookmarkStart w:id="63" w:name="__Fieldmark__17_3527607749"/>
+            <w:bookmarkStart w:id="64" w:name="__Fieldmark__17_3527607749"/>
             <w:bookmarkEnd w:id="61"/>
             <w:bookmarkEnd w:id="64"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="59"/>
             <w:bookmarkEnd w:id="60"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="65" w:name="__Fieldmark__18_2526274039"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="67" w:name="__Fieldmark__18_2526274039"/>
+            <w:bookmarkStart w:id="65" w:name="__Fieldmark__18_3527607749"/>
+            <w:bookmarkStart w:id="66" w:name="__Fieldmark__18_3527607749"/>
+            <w:bookmarkStart w:id="67" w:name="__Fieldmark__18_3527607749"/>
             <w:bookmarkEnd w:id="67"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
@@ -1647,139 +1647,139 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="68" w:name="__Fieldmark__229_846229242"/>
             <w:bookmarkStart w:id="69" w:name="Controllo4"/>
             <w:bookmarkStart w:id="70" w:name="__Fieldmark__52_3383497303"/>
-            <w:bookmarkStart w:id="71" w:name="__Fieldmark__19_2526274039"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="73" w:name="__Fieldmark__19_2526274039"/>
+            <w:bookmarkStart w:id="71" w:name="__Fieldmark__19_3527607749"/>
+            <w:bookmarkStart w:id="72" w:name="__Fieldmark__19_3527607749"/>
+            <w:bookmarkStart w:id="73" w:name="__Fieldmark__19_3527607749"/>
             <w:bookmarkEnd w:id="70"/>
             <w:bookmarkEnd w:id="73"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="68"/>
             <w:bookmarkEnd w:id="69"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="74" w:name="__Fieldmark__20_2526274039"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="76" w:name="__Fieldmark__20_2526274039"/>
+            <w:bookmarkStart w:id="74" w:name="__Fieldmark__20_3527607749"/>
+            <w:bookmarkStart w:id="75" w:name="__Fieldmark__20_3527607749"/>
+            <w:bookmarkStart w:id="76" w:name="__Fieldmark__20_3527607749"/>
             <w:bookmarkEnd w:id="76"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__21_2526274039"/>
+                  <w:name w:val="__Fieldmark__21_3527607749"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="77" w:name="__Fieldmark__237_846229242"/>
-            <w:bookmarkStart w:id="78" w:name="__Fieldmark__21_2526274039"/>
-            <w:bookmarkStart w:id="79" w:name="__Fieldmark__21_2526274039"/>
+            <w:bookmarkStart w:id="78" w:name="__Fieldmark__21_3527607749"/>
+            <w:bookmarkStart w:id="79" w:name="__Fieldmark__21_3527607749"/>
             <w:bookmarkEnd w:id="79"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>........................................................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="80" w:name="__Fieldmark__21_2526274039"/>
+            <w:bookmarkStart w:id="80" w:name="__Fieldmark__21_3527607749"/>
             <w:bookmarkEnd w:id="80"/>
             <w:bookmarkEnd w:id="77"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="false"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
@@ -2637,73 +2637,73 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>UFFICIO ELETTORALE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">Si trasmette all’Ufficiale elettorale e si certifica che il richiedente è iscritto su queste liste elettorali generali al n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__22_2526274039"/>
+            <w:name w:val="__Fieldmark__22_3527607749"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="82" w:name="__Fieldmark__22_2526274039"/>
-      <w:bookmarkStart w:id="83" w:name="__Fieldmark__22_2526274039"/>
+      <w:bookmarkStart w:id="82" w:name="__Fieldmark__22_3527607749"/>
+      <w:bookmarkStart w:id="83" w:name="__Fieldmark__22_3527607749"/>
       <w:bookmarkEnd w:id="83"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="84" w:name="__Fieldmark__22_2526274039"/>
+      <w:bookmarkStart w:id="84" w:name="__Fieldmark__22_3527607749"/>
       <w:bookmarkEnd w:id="84"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
@@ -2715,75 +2715,75 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:i/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">Lì </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__23_2526274039"/>
+            <w:name w:val="__Fieldmark__23_3527607749"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="85" w:name="__Fieldmark__23_2526274039"/>
-      <w:bookmarkStart w:id="86" w:name="__Fieldmark__23_2526274039"/>
+      <w:bookmarkStart w:id="85" w:name="__Fieldmark__23_3527607749"/>
+      <w:bookmarkStart w:id="86" w:name="__Fieldmark__23_3527607749"/>
       <w:bookmarkEnd w:id="86"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="87" w:name="__Fieldmark__23_2526274039"/>
+      <w:bookmarkStart w:id="87" w:name="__Fieldmark__23_3527607749"/>
       <w:bookmarkEnd w:id="87"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:b/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:i/>
           <w:iCs/>
@@ -2912,73 +2912,73 @@
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="1304" w:firstLine="284"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Il responsabile del servizio</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__24_2526274039"/>
+            <w:name w:val="__Fieldmark__24_3527607749"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="88" w:name="__Fieldmark__24_2526274039"/>
-      <w:bookmarkStart w:id="89" w:name="__Fieldmark__24_2526274039"/>
+      <w:bookmarkStart w:id="88" w:name="__Fieldmark__24_3527607749"/>
+      <w:bookmarkStart w:id="89" w:name="__Fieldmark__24_3527607749"/>
       <w:bookmarkEnd w:id="89"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="90" w:name="__Fieldmark__24_2526274039"/>
+      <w:bookmarkStart w:id="90" w:name="__Fieldmark__24_3527607749"/>
       <w:bookmarkEnd w:id="90"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:r>
@@ -3004,342 +3004,342 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="91" w:name="__Fieldmark__25_2526274039"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="93" w:name="__Fieldmark__25_2526274039"/>
+      <w:bookmarkStart w:id="91" w:name="__Fieldmark__25_3527607749"/>
+      <w:bookmarkStart w:id="92" w:name="__Fieldmark__25_3527607749"/>
+      <w:bookmarkStart w:id="93" w:name="__Fieldmark__25_3527607749"/>
       <w:bookmarkEnd w:id="93"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> Iscritto/a</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="94" w:name="__Fieldmark__26_2526274039"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="96" w:name="__Fieldmark__26_2526274039"/>
+      <w:bookmarkStart w:id="94" w:name="__Fieldmark__26_3527607749"/>
+      <w:bookmarkStart w:id="95" w:name="__Fieldmark__26_3527607749"/>
+      <w:bookmarkStart w:id="96" w:name="__Fieldmark__26_3527607749"/>
       <w:bookmarkEnd w:id="96"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> Non iscritto/a, perché </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__27_2526274039"/>
+            <w:name w:val="__Fieldmark__27_3527607749"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="97" w:name="__Fieldmark__27_2526274039"/>
-      <w:bookmarkStart w:id="98" w:name="__Fieldmark__27_2526274039"/>
+      <w:bookmarkStart w:id="97" w:name="__Fieldmark__27_3527607749"/>
+      <w:bookmarkStart w:id="98" w:name="__Fieldmark__27_3527607749"/>
       <w:bookmarkEnd w:id="98"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="99" w:name="__Fieldmark__27_2526274039"/>
+      <w:bookmarkStart w:id="99" w:name="__Fieldmark__27_3527607749"/>
       <w:bookmarkEnd w:id="99"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__28_2526274039"/>
+            <w:name w:val="__Fieldmark__28_3527607749"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="100" w:name="__Fieldmark__28_2526274039"/>
-      <w:bookmarkStart w:id="101" w:name="__Fieldmark__28_2526274039"/>
+      <w:bookmarkStart w:id="100" w:name="__Fieldmark__28_3527607749"/>
+      <w:bookmarkStart w:id="101" w:name="__Fieldmark__28_3527607749"/>
       <w:bookmarkEnd w:id="101"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="102" w:name="__Fieldmark__28_2526274039"/>
+      <w:bookmarkStart w:id="102" w:name="__Fieldmark__28_3527607749"/>
       <w:bookmarkEnd w:id="102"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">Verbale n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__29_2526274039"/>
+            <w:name w:val="__Fieldmark__29_3527607749"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="103" w:name="__Fieldmark__29_2526274039"/>
-      <w:bookmarkStart w:id="104" w:name="__Fieldmark__29_2526274039"/>
+      <w:bookmarkStart w:id="103" w:name="__Fieldmark__29_3527607749"/>
+      <w:bookmarkStart w:id="104" w:name="__Fieldmark__29_3527607749"/>
       <w:bookmarkEnd w:id="104"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="105" w:name="__Fieldmark__29_2526274039"/>
+      <w:bookmarkStart w:id="105" w:name="__Fieldmark__29_3527607749"/>
       <w:bookmarkEnd w:id="105"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> del </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__30_2526274039"/>
+            <w:name w:val="__Fieldmark__30_3527607749"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="106" w:name="__Fieldmark__30_2526274039"/>
-      <w:bookmarkStart w:id="107" w:name="__Fieldmark__30_2526274039"/>
+      <w:bookmarkStart w:id="106" w:name="__Fieldmark__30_3527607749"/>
+      <w:bookmarkStart w:id="107" w:name="__Fieldmark__30_3527607749"/>
       <w:bookmarkEnd w:id="107"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="108" w:name="__Fieldmark__30_2526274039"/>
+      <w:bookmarkStart w:id="108" w:name="__Fieldmark__30_3527607749"/>
       <w:bookmarkEnd w:id="108"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:i/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">Lì </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__31_2526274039"/>
+            <w:name w:val="__Fieldmark__31_3527607749"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="109" w:name="__Fieldmark__31_2526274039"/>
-      <w:bookmarkStart w:id="110" w:name="__Fieldmark__31_2526274039"/>
+      <w:bookmarkStart w:id="109" w:name="__Fieldmark__31_3527607749"/>
+      <w:bookmarkStart w:id="110" w:name="__Fieldmark__31_3527607749"/>
       <w:bookmarkEnd w:id="110"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="111" w:name="__Fieldmark__31_2526274039"/>
+      <w:bookmarkStart w:id="111" w:name="__Fieldmark__31_3527607749"/>
       <w:bookmarkEnd w:id="111"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:b/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:i/>
           <w:iCs/>
@@ -3466,73 +3466,73 @@
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="1304" w:firstLine="284"/>
         <w:jc w:val="left"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Il responsabile del servizio</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__32_2526274039"/>
+            <w:name w:val="__Fieldmark__32_3527607749"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="112" w:name="__Fieldmark__32_2526274039"/>
-      <w:bookmarkStart w:id="113" w:name="__Fieldmark__32_2526274039"/>
+      <w:bookmarkStart w:id="112" w:name="__Fieldmark__32_3527607749"/>
+      <w:bookmarkStart w:id="113" w:name="__Fieldmark__32_3527607749"/>
       <w:bookmarkEnd w:id="113"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="114" w:name="__Fieldmark__32_2526274039"/>
+      <w:bookmarkStart w:id="114" w:name="__Fieldmark__32_3527607749"/>
       <w:bookmarkEnd w:id="114"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:left="1134" w:right="1134" w:header="720" w:top="1134" w:footer="340" w:bottom="1134" w:gutter="0"/>
           <w:cols w:num="2" w:space="454" w:equalWidth="true" w:sep="true"/>
           <w:formProt w:val="false"/>
           <w:textDirection w:val="lrTb"/>
           <w:docGrid w:type="default" w:linePitch="326" w:charSpace="0"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>