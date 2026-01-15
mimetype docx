--- v4 (2026-01-15)
+++ v5 (2026-01-15)
@@ -101,75 +101,75 @@
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6096" w:leader="none"/>
         </w:tabs>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="5727" w:hanging="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__0_3527607749"/>
+            <w:name w:val="__Fieldmark__0_1458052712"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3527607749"/>
-      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3527607749"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1458052712"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1458052712"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3527607749"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1458052712"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6096" w:leader="none"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -255,344 +255,344 @@
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Io sottoscritto/a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__1_3527607749"/>
+            <w:name w:val="__Fieldmark__1_1458052712"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3527607749"/>
-      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3527607749"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1458052712"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_1458052712"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3527607749"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1458052712"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> nato/a a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__2_3527607749"/>
+            <w:name w:val="__Fieldmark__2_1458052712"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3527607749"/>
-      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3527607749"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1458052712"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_1458052712"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3527607749"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1458052712"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__3_3527607749"/>
+            <w:name w:val="__Fieldmark__3_1458052712"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3527607749"/>
-      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3527607749"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1458052712"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1458052712"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3527607749"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1458052712"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> residente in </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__4_3527607749"/>
+            <w:name w:val="__Fieldmark__4_1458052712"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3527607749"/>
-      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3527607749"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1458052712"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1458052712"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3527607749"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1458052712"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> Via </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__5_3527607749"/>
+            <w:name w:val="__Fieldmark__5_1458052712"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3527607749"/>
-      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3527607749"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1458052712"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_1458052712"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3527607749"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1458052712"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__6_3527607749"/>
+            <w:name w:val="__Fieldmark__6_1458052712"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3527607749"/>
-      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3527607749"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1458052712"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_1458052712"/>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3527607749"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1458052712"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> Tel. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__7_3527607749"/>
+            <w:name w:val="__Fieldmark__7_1458052712"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3527607749"/>
-      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3527607749"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1458052712"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_1458052712"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3527607749"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1458052712"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="60"/>
           <w:sz w:val="21"/>
@@ -827,120 +827,120 @@
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9639" w:leader="none"/>
         </w:tabs>
         <w:spacing w:lineRule="auto" w:line="480" w:before="0" w:after="0"/>
         <w:ind w:left="0" w:hanging="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="false"/>
           <w:b w:val="false"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Data </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__8_3527607749"/>
+            <w:name w:val="__Fieldmark__8_1458052712"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_3527607749"/>
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3527607749"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_1458052712"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1458052712"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="__Fieldmark__8_3527607749"/>
+      <w:bookmarkStart w:id="27" w:name="__Fieldmark__8_1458052712"/>
       <w:bookmarkEnd w:id="27"/>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:iCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__9_3527607749"/>
+            <w:name w:val="__Fieldmark__9_1458052712"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_3527607749"/>
-      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_3527607749"/>
+      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_1458052712"/>
+      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_1458052712"/>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="__Fieldmark__9_3527607749"/>
+      <w:bookmarkStart w:id="30" w:name="__Fieldmark__9_1458052712"/>
       <w:bookmarkEnd w:id="30"/>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9659" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="62" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
         </w:tblBorders>
         <w:tblCellMar>
@@ -1152,76 +1152,76 @@
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">lì </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__10_3527607749"/>
+                  <w:name w:val="__Fieldmark__10_1458052712"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="31" w:name="__Fieldmark__187_846229242"/>
-            <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_3527607749"/>
-            <w:bookmarkStart w:id="33" w:name="__Fieldmark__10_3527607749"/>
+            <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_1458052712"/>
+            <w:bookmarkStart w:id="33" w:name="__Fieldmark__10_1458052712"/>
             <w:bookmarkEnd w:id="33"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>..................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="34" w:name="__Fieldmark__10_3527607749"/>
+            <w:bookmarkStart w:id="34" w:name="__Fieldmark__10_1458052712"/>
             <w:bookmarkStart w:id="35" w:name="Testo4"/>
             <w:bookmarkEnd w:id="34"/>
             <w:bookmarkEnd w:id="31"/>
             <w:bookmarkEnd w:id="35"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
               <w:ind w:left="1701" w:hanging="0"/>
               <w:jc w:val="center"/>
@@ -1232,74 +1232,74 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>L’ADDETTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
               <w:ind w:left="1701" w:hanging="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__11_3527607749"/>
+                  <w:name w:val="__Fieldmark__11_1458052712"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="36" w:name="__Fieldmark__196_846229242"/>
-            <w:bookmarkStart w:id="37" w:name="__Fieldmark__11_3527607749"/>
-            <w:bookmarkStart w:id="38" w:name="__Fieldmark__11_3527607749"/>
+            <w:bookmarkStart w:id="37" w:name="__Fieldmark__11_1458052712"/>
+            <w:bookmarkStart w:id="38" w:name="__Fieldmark__11_1458052712"/>
             <w:bookmarkEnd w:id="38"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>........................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="39" w:name="__Fieldmark__11_3527607749"/>
+            <w:bookmarkStart w:id="39" w:name="__Fieldmark__11_1458052712"/>
             <w:bookmarkEnd w:id="39"/>
             <w:bookmarkEnd w:id="36"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5514" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:fill="FFFFFF" w:val="clear"/>
@@ -1334,121 +1334,121 @@
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324"/>
               <w:ind w:left="284" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="40" w:name="__Fieldmark__204_846229242"/>
             <w:bookmarkStart w:id="41" w:name="__Fieldmark__49_3383497303"/>
-            <w:bookmarkStart w:id="42" w:name="__Fieldmark__12_3527607749"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="44" w:name="__Fieldmark__12_3527607749"/>
+            <w:bookmarkStart w:id="42" w:name="__Fieldmark__12_1458052712"/>
+            <w:bookmarkStart w:id="43" w:name="__Fieldmark__12_1458052712"/>
+            <w:bookmarkStart w:id="44" w:name="__Fieldmark__12_1458052712"/>
             <w:bookmarkEnd w:id="41"/>
             <w:bookmarkEnd w:id="44"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="40"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="45" w:name="__Fieldmark__13_3527607749"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="47" w:name="__Fieldmark__13_3527607749"/>
+            <w:bookmarkStart w:id="45" w:name="__Fieldmark__13_1458052712"/>
+            <w:bookmarkStart w:id="46" w:name="__Fieldmark__13_1458052712"/>
+            <w:bookmarkStart w:id="47" w:name="__Fieldmark__13_1458052712"/>
             <w:bookmarkEnd w:id="47"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="48" w:name="__Fieldmark__14_3527607749"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="50" w:name="__Fieldmark__14_3527607749"/>
+            <w:bookmarkStart w:id="48" w:name="__Fieldmark__14_1458052712"/>
+            <w:bookmarkStart w:id="49" w:name="__Fieldmark__14_1458052712"/>
+            <w:bookmarkStart w:id="50" w:name="__Fieldmark__14_1458052712"/>
             <w:bookmarkEnd w:id="50"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>CARTA D’IDENTITÀ</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324"/>
@@ -1456,93 +1456,93 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="51" w:name="__Fieldmark__213_846229242"/>
             <w:bookmarkStart w:id="52" w:name="__Fieldmark__50_3383497303"/>
-            <w:bookmarkStart w:id="53" w:name="__Fieldmark__15_3527607749"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="55" w:name="__Fieldmark__15_3527607749"/>
+            <w:bookmarkStart w:id="53" w:name="__Fieldmark__15_1458052712"/>
+            <w:bookmarkStart w:id="54" w:name="__Fieldmark__15_1458052712"/>
+            <w:bookmarkStart w:id="55" w:name="__Fieldmark__15_1458052712"/>
             <w:bookmarkEnd w:id="52"/>
             <w:bookmarkEnd w:id="55"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="51"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="56" w:name="__Fieldmark__16_3527607749"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="58" w:name="__Fieldmark__16_3527607749"/>
+            <w:bookmarkStart w:id="56" w:name="__Fieldmark__16_1458052712"/>
+            <w:bookmarkStart w:id="57" w:name="__Fieldmark__16_1458052712"/>
+            <w:bookmarkStart w:id="58" w:name="__Fieldmark__16_1458052712"/>
             <w:bookmarkEnd w:id="58"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324"/>
@@ -1551,94 +1551,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="59" w:name="__Fieldmark__221_846229242"/>
             <w:bookmarkStart w:id="60" w:name="Controllo3"/>
             <w:bookmarkStart w:id="61" w:name="__Fieldmark__51_3383497303"/>
-            <w:bookmarkStart w:id="62" w:name="__Fieldmark__17_3527607749"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="64" w:name="__Fieldmark__17_3527607749"/>
+            <w:bookmarkStart w:id="62" w:name="__Fieldmark__17_1458052712"/>
+            <w:bookmarkStart w:id="63" w:name="__Fieldmark__17_1458052712"/>
+            <w:bookmarkStart w:id="64" w:name="__Fieldmark__17_1458052712"/>
             <w:bookmarkEnd w:id="61"/>
             <w:bookmarkEnd w:id="64"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="59"/>
             <w:bookmarkEnd w:id="60"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="65" w:name="__Fieldmark__18_3527607749"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="67" w:name="__Fieldmark__18_3527607749"/>
+            <w:bookmarkStart w:id="65" w:name="__Fieldmark__18_1458052712"/>
+            <w:bookmarkStart w:id="66" w:name="__Fieldmark__18_1458052712"/>
+            <w:bookmarkStart w:id="67" w:name="__Fieldmark__18_1458052712"/>
             <w:bookmarkEnd w:id="67"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
@@ -1647,139 +1647,139 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="68" w:name="__Fieldmark__229_846229242"/>
             <w:bookmarkStart w:id="69" w:name="Controllo4"/>
             <w:bookmarkStart w:id="70" w:name="__Fieldmark__52_3383497303"/>
-            <w:bookmarkStart w:id="71" w:name="__Fieldmark__19_3527607749"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="73" w:name="__Fieldmark__19_3527607749"/>
+            <w:bookmarkStart w:id="71" w:name="__Fieldmark__19_1458052712"/>
+            <w:bookmarkStart w:id="72" w:name="__Fieldmark__19_1458052712"/>
+            <w:bookmarkStart w:id="73" w:name="__Fieldmark__19_1458052712"/>
             <w:bookmarkEnd w:id="70"/>
             <w:bookmarkEnd w:id="73"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="68"/>
             <w:bookmarkEnd w:id="69"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="74" w:name="__Fieldmark__20_3527607749"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="76" w:name="__Fieldmark__20_3527607749"/>
+            <w:bookmarkStart w:id="74" w:name="__Fieldmark__20_1458052712"/>
+            <w:bookmarkStart w:id="75" w:name="__Fieldmark__20_1458052712"/>
+            <w:bookmarkStart w:id="76" w:name="__Fieldmark__20_1458052712"/>
             <w:bookmarkEnd w:id="76"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__21_3527607749"/>
+                  <w:name w:val="__Fieldmark__21_1458052712"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="77" w:name="__Fieldmark__237_846229242"/>
-            <w:bookmarkStart w:id="78" w:name="__Fieldmark__21_3527607749"/>
-            <w:bookmarkStart w:id="79" w:name="__Fieldmark__21_3527607749"/>
+            <w:bookmarkStart w:id="78" w:name="__Fieldmark__21_1458052712"/>
+            <w:bookmarkStart w:id="79" w:name="__Fieldmark__21_1458052712"/>
             <w:bookmarkEnd w:id="79"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>........................................................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="80" w:name="__Fieldmark__21_3527607749"/>
+            <w:bookmarkStart w:id="80" w:name="__Fieldmark__21_1458052712"/>
             <w:bookmarkEnd w:id="80"/>
             <w:bookmarkEnd w:id="77"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="false"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
@@ -2637,73 +2637,73 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>UFFICIO ELETTORALE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">Si trasmette all’Ufficiale elettorale e si certifica che il richiedente è iscritto su queste liste elettorali generali al n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__22_3527607749"/>
+            <w:name w:val="__Fieldmark__22_1458052712"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="82" w:name="__Fieldmark__22_3527607749"/>
-      <w:bookmarkStart w:id="83" w:name="__Fieldmark__22_3527607749"/>
+      <w:bookmarkStart w:id="82" w:name="__Fieldmark__22_1458052712"/>
+      <w:bookmarkStart w:id="83" w:name="__Fieldmark__22_1458052712"/>
       <w:bookmarkEnd w:id="83"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="84" w:name="__Fieldmark__22_3527607749"/>
+      <w:bookmarkStart w:id="84" w:name="__Fieldmark__22_1458052712"/>
       <w:bookmarkEnd w:id="84"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
@@ -2715,75 +2715,75 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:i/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">Lì </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__23_3527607749"/>
+            <w:name w:val="__Fieldmark__23_1458052712"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="85" w:name="__Fieldmark__23_3527607749"/>
-      <w:bookmarkStart w:id="86" w:name="__Fieldmark__23_3527607749"/>
+      <w:bookmarkStart w:id="85" w:name="__Fieldmark__23_1458052712"/>
+      <w:bookmarkStart w:id="86" w:name="__Fieldmark__23_1458052712"/>
       <w:bookmarkEnd w:id="86"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="87" w:name="__Fieldmark__23_3527607749"/>
+      <w:bookmarkStart w:id="87" w:name="__Fieldmark__23_1458052712"/>
       <w:bookmarkEnd w:id="87"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:b/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:i/>
           <w:iCs/>
@@ -2912,73 +2912,73 @@
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="1304" w:firstLine="284"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Il responsabile del servizio</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__24_3527607749"/>
+            <w:name w:val="__Fieldmark__24_1458052712"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="88" w:name="__Fieldmark__24_3527607749"/>
-      <w:bookmarkStart w:id="89" w:name="__Fieldmark__24_3527607749"/>
+      <w:bookmarkStart w:id="88" w:name="__Fieldmark__24_1458052712"/>
+      <w:bookmarkStart w:id="89" w:name="__Fieldmark__24_1458052712"/>
       <w:bookmarkEnd w:id="89"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="90" w:name="__Fieldmark__24_3527607749"/>
+      <w:bookmarkStart w:id="90" w:name="__Fieldmark__24_1458052712"/>
       <w:bookmarkEnd w:id="90"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:r>
@@ -3004,342 +3004,342 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="91" w:name="__Fieldmark__25_3527607749"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="93" w:name="__Fieldmark__25_3527607749"/>
+      <w:bookmarkStart w:id="91" w:name="__Fieldmark__25_1458052712"/>
+      <w:bookmarkStart w:id="92" w:name="__Fieldmark__25_1458052712"/>
+      <w:bookmarkStart w:id="93" w:name="__Fieldmark__25_1458052712"/>
       <w:bookmarkEnd w:id="93"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> Iscritto/a</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="94" w:name="__Fieldmark__26_3527607749"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="96" w:name="__Fieldmark__26_3527607749"/>
+      <w:bookmarkStart w:id="94" w:name="__Fieldmark__26_1458052712"/>
+      <w:bookmarkStart w:id="95" w:name="__Fieldmark__26_1458052712"/>
+      <w:bookmarkStart w:id="96" w:name="__Fieldmark__26_1458052712"/>
       <w:bookmarkEnd w:id="96"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> Non iscritto/a, perché </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__27_3527607749"/>
+            <w:name w:val="__Fieldmark__27_1458052712"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="97" w:name="__Fieldmark__27_3527607749"/>
-      <w:bookmarkStart w:id="98" w:name="__Fieldmark__27_3527607749"/>
+      <w:bookmarkStart w:id="97" w:name="__Fieldmark__27_1458052712"/>
+      <w:bookmarkStart w:id="98" w:name="__Fieldmark__27_1458052712"/>
       <w:bookmarkEnd w:id="98"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="99" w:name="__Fieldmark__27_3527607749"/>
+      <w:bookmarkStart w:id="99" w:name="__Fieldmark__27_1458052712"/>
       <w:bookmarkEnd w:id="99"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__28_3527607749"/>
+            <w:name w:val="__Fieldmark__28_1458052712"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="100" w:name="__Fieldmark__28_3527607749"/>
-      <w:bookmarkStart w:id="101" w:name="__Fieldmark__28_3527607749"/>
+      <w:bookmarkStart w:id="100" w:name="__Fieldmark__28_1458052712"/>
+      <w:bookmarkStart w:id="101" w:name="__Fieldmark__28_1458052712"/>
       <w:bookmarkEnd w:id="101"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="102" w:name="__Fieldmark__28_3527607749"/>
+      <w:bookmarkStart w:id="102" w:name="__Fieldmark__28_1458052712"/>
       <w:bookmarkEnd w:id="102"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">Verbale n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__29_3527607749"/>
+            <w:name w:val="__Fieldmark__29_1458052712"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="103" w:name="__Fieldmark__29_3527607749"/>
-      <w:bookmarkStart w:id="104" w:name="__Fieldmark__29_3527607749"/>
+      <w:bookmarkStart w:id="103" w:name="__Fieldmark__29_1458052712"/>
+      <w:bookmarkStart w:id="104" w:name="__Fieldmark__29_1458052712"/>
       <w:bookmarkEnd w:id="104"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="105" w:name="__Fieldmark__29_3527607749"/>
+      <w:bookmarkStart w:id="105" w:name="__Fieldmark__29_1458052712"/>
       <w:bookmarkEnd w:id="105"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> del </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__30_3527607749"/>
+            <w:name w:val="__Fieldmark__30_1458052712"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="106" w:name="__Fieldmark__30_3527607749"/>
-      <w:bookmarkStart w:id="107" w:name="__Fieldmark__30_3527607749"/>
+      <w:bookmarkStart w:id="106" w:name="__Fieldmark__30_1458052712"/>
+      <w:bookmarkStart w:id="107" w:name="__Fieldmark__30_1458052712"/>
       <w:bookmarkEnd w:id="107"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="108" w:name="__Fieldmark__30_3527607749"/>
+      <w:bookmarkStart w:id="108" w:name="__Fieldmark__30_1458052712"/>
       <w:bookmarkEnd w:id="108"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:i/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">Lì </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__31_3527607749"/>
+            <w:name w:val="__Fieldmark__31_1458052712"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="109" w:name="__Fieldmark__31_3527607749"/>
-      <w:bookmarkStart w:id="110" w:name="__Fieldmark__31_3527607749"/>
+      <w:bookmarkStart w:id="109" w:name="__Fieldmark__31_1458052712"/>
+      <w:bookmarkStart w:id="110" w:name="__Fieldmark__31_1458052712"/>
       <w:bookmarkEnd w:id="110"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="111" w:name="__Fieldmark__31_3527607749"/>
+      <w:bookmarkStart w:id="111" w:name="__Fieldmark__31_1458052712"/>
       <w:bookmarkEnd w:id="111"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:b/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:i/>
           <w:iCs/>
@@ -3466,73 +3466,73 @@
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="1304" w:firstLine="284"/>
         <w:jc w:val="left"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Il responsabile del servizio</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__32_3527607749"/>
+            <w:name w:val="__Fieldmark__32_1458052712"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="112" w:name="__Fieldmark__32_3527607749"/>
-      <w:bookmarkStart w:id="113" w:name="__Fieldmark__32_3527607749"/>
+      <w:bookmarkStart w:id="112" w:name="__Fieldmark__32_1458052712"/>
+      <w:bookmarkStart w:id="113" w:name="__Fieldmark__32_1458052712"/>
       <w:bookmarkEnd w:id="113"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="114" w:name="__Fieldmark__32_3527607749"/>
+      <w:bookmarkStart w:id="114" w:name="__Fieldmark__32_1458052712"/>
       <w:bookmarkEnd w:id="114"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:left="1134" w:right="1134" w:header="720" w:top="1134" w:footer="340" w:bottom="1134" w:gutter="0"/>
           <w:cols w:num="2" w:space="454" w:equalWidth="true" w:sep="true"/>
           <w:formProt w:val="false"/>
           <w:textDirection w:val="lrTb"/>
           <w:docGrid w:type="default" w:linePitch="326" w:charSpace="0"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>