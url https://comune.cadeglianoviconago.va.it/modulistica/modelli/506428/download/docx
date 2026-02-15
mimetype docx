--- v5 (2026-01-15)
+++ v6 (2026-02-15)
@@ -101,75 +101,75 @@
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6096" w:leader="none"/>
         </w:tabs>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="5727" w:hanging="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__0_1458052712"/>
+            <w:name w:val="__Fieldmark__0_2018275757"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1458052712"/>
-      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1458052712"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2018275757"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2018275757"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1458052712"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2018275757"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6096" w:leader="none"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -255,344 +255,344 @@
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Io sottoscritto/a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__1_1458052712"/>
+            <w:name w:val="__Fieldmark__1_2018275757"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1458052712"/>
-      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_1458052712"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2018275757"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2018275757"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1458052712"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2018275757"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> nato/a a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__2_1458052712"/>
+            <w:name w:val="__Fieldmark__2_2018275757"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1458052712"/>
-      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_1458052712"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2018275757"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2018275757"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1458052712"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2018275757"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__3_1458052712"/>
+            <w:name w:val="__Fieldmark__3_2018275757"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1458052712"/>
-      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1458052712"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2018275757"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2018275757"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1458052712"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2018275757"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> residente in </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__4_1458052712"/>
+            <w:name w:val="__Fieldmark__4_2018275757"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1458052712"/>
-      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1458052712"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2018275757"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2018275757"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1458052712"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2018275757"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> Via </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__5_1458052712"/>
+            <w:name w:val="__Fieldmark__5_2018275757"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1458052712"/>
-      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_1458052712"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2018275757"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2018275757"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1458052712"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2018275757"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__6_1458052712"/>
+            <w:name w:val="__Fieldmark__6_2018275757"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1458052712"/>
-      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_1458052712"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2018275757"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2018275757"/>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1458052712"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2018275757"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> Tel. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__7_1458052712"/>
+            <w:name w:val="__Fieldmark__7_2018275757"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1458052712"/>
-      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_1458052712"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2018275757"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2018275757"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1458052712"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2018275757"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="60"/>
           <w:sz w:val="21"/>
@@ -827,120 +827,120 @@
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9639" w:leader="none"/>
         </w:tabs>
         <w:spacing w:lineRule="auto" w:line="480" w:before="0" w:after="0"/>
         <w:ind w:left="0" w:hanging="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="false"/>
           <w:b w:val="false"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Data </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__8_1458052712"/>
+            <w:name w:val="__Fieldmark__8_2018275757"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_1458052712"/>
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1458052712"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_2018275757"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2018275757"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="__Fieldmark__8_1458052712"/>
+      <w:bookmarkStart w:id="27" w:name="__Fieldmark__8_2018275757"/>
       <w:bookmarkEnd w:id="27"/>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:iCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__9_1458052712"/>
+            <w:name w:val="__Fieldmark__9_2018275757"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_1458052712"/>
-      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_1458052712"/>
+      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_2018275757"/>
+      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_2018275757"/>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="__Fieldmark__9_1458052712"/>
+      <w:bookmarkStart w:id="30" w:name="__Fieldmark__9_2018275757"/>
       <w:bookmarkEnd w:id="30"/>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9659" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="62" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
         </w:tblBorders>
         <w:tblCellMar>
@@ -1152,76 +1152,76 @@
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">lì </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__10_1458052712"/>
+                  <w:name w:val="__Fieldmark__10_2018275757"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="31" w:name="__Fieldmark__187_846229242"/>
-            <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_1458052712"/>
-            <w:bookmarkStart w:id="33" w:name="__Fieldmark__10_1458052712"/>
+            <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_2018275757"/>
+            <w:bookmarkStart w:id="33" w:name="__Fieldmark__10_2018275757"/>
             <w:bookmarkEnd w:id="33"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>..................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="34" w:name="__Fieldmark__10_1458052712"/>
+            <w:bookmarkStart w:id="34" w:name="__Fieldmark__10_2018275757"/>
             <w:bookmarkStart w:id="35" w:name="Testo4"/>
             <w:bookmarkEnd w:id="34"/>
             <w:bookmarkEnd w:id="31"/>
             <w:bookmarkEnd w:id="35"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
               <w:ind w:left="1701" w:hanging="0"/>
               <w:jc w:val="center"/>
@@ -1232,74 +1232,74 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>L’ADDETTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
               <w:ind w:left="1701" w:hanging="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__11_1458052712"/>
+                  <w:name w:val="__Fieldmark__11_2018275757"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="36" w:name="__Fieldmark__196_846229242"/>
-            <w:bookmarkStart w:id="37" w:name="__Fieldmark__11_1458052712"/>
-            <w:bookmarkStart w:id="38" w:name="__Fieldmark__11_1458052712"/>
+            <w:bookmarkStart w:id="37" w:name="__Fieldmark__11_2018275757"/>
+            <w:bookmarkStart w:id="38" w:name="__Fieldmark__11_2018275757"/>
             <w:bookmarkEnd w:id="38"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>........................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="39" w:name="__Fieldmark__11_1458052712"/>
+            <w:bookmarkStart w:id="39" w:name="__Fieldmark__11_2018275757"/>
             <w:bookmarkEnd w:id="39"/>
             <w:bookmarkEnd w:id="36"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5514" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:fill="FFFFFF" w:val="clear"/>
@@ -1334,121 +1334,121 @@
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324"/>
               <w:ind w:left="284" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="40" w:name="__Fieldmark__204_846229242"/>
             <w:bookmarkStart w:id="41" w:name="__Fieldmark__49_3383497303"/>
-            <w:bookmarkStart w:id="42" w:name="__Fieldmark__12_1458052712"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="44" w:name="__Fieldmark__12_1458052712"/>
+            <w:bookmarkStart w:id="42" w:name="__Fieldmark__12_2018275757"/>
+            <w:bookmarkStart w:id="43" w:name="__Fieldmark__12_2018275757"/>
+            <w:bookmarkStart w:id="44" w:name="__Fieldmark__12_2018275757"/>
             <w:bookmarkEnd w:id="41"/>
             <w:bookmarkEnd w:id="44"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="40"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="45" w:name="__Fieldmark__13_1458052712"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="47" w:name="__Fieldmark__13_1458052712"/>
+            <w:bookmarkStart w:id="45" w:name="__Fieldmark__13_2018275757"/>
+            <w:bookmarkStart w:id="46" w:name="__Fieldmark__13_2018275757"/>
+            <w:bookmarkStart w:id="47" w:name="__Fieldmark__13_2018275757"/>
             <w:bookmarkEnd w:id="47"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="48" w:name="__Fieldmark__14_1458052712"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="50" w:name="__Fieldmark__14_1458052712"/>
+            <w:bookmarkStart w:id="48" w:name="__Fieldmark__14_2018275757"/>
+            <w:bookmarkStart w:id="49" w:name="__Fieldmark__14_2018275757"/>
+            <w:bookmarkStart w:id="50" w:name="__Fieldmark__14_2018275757"/>
             <w:bookmarkEnd w:id="50"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>CARTA D’IDENTITÀ</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324"/>
@@ -1456,93 +1456,93 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="51" w:name="__Fieldmark__213_846229242"/>
             <w:bookmarkStart w:id="52" w:name="__Fieldmark__50_3383497303"/>
-            <w:bookmarkStart w:id="53" w:name="__Fieldmark__15_1458052712"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="55" w:name="__Fieldmark__15_1458052712"/>
+            <w:bookmarkStart w:id="53" w:name="__Fieldmark__15_2018275757"/>
+            <w:bookmarkStart w:id="54" w:name="__Fieldmark__15_2018275757"/>
+            <w:bookmarkStart w:id="55" w:name="__Fieldmark__15_2018275757"/>
             <w:bookmarkEnd w:id="52"/>
             <w:bookmarkEnd w:id="55"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="51"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="56" w:name="__Fieldmark__16_1458052712"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="58" w:name="__Fieldmark__16_1458052712"/>
+            <w:bookmarkStart w:id="56" w:name="__Fieldmark__16_2018275757"/>
+            <w:bookmarkStart w:id="57" w:name="__Fieldmark__16_2018275757"/>
+            <w:bookmarkStart w:id="58" w:name="__Fieldmark__16_2018275757"/>
             <w:bookmarkEnd w:id="58"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324"/>
@@ -1551,94 +1551,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="59" w:name="__Fieldmark__221_846229242"/>
             <w:bookmarkStart w:id="60" w:name="Controllo3"/>
             <w:bookmarkStart w:id="61" w:name="__Fieldmark__51_3383497303"/>
-            <w:bookmarkStart w:id="62" w:name="__Fieldmark__17_1458052712"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="64" w:name="__Fieldmark__17_1458052712"/>
+            <w:bookmarkStart w:id="62" w:name="__Fieldmark__17_2018275757"/>
+            <w:bookmarkStart w:id="63" w:name="__Fieldmark__17_2018275757"/>
+            <w:bookmarkStart w:id="64" w:name="__Fieldmark__17_2018275757"/>
             <w:bookmarkEnd w:id="61"/>
             <w:bookmarkEnd w:id="64"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="59"/>
             <w:bookmarkEnd w:id="60"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="65" w:name="__Fieldmark__18_1458052712"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="67" w:name="__Fieldmark__18_1458052712"/>
+            <w:bookmarkStart w:id="65" w:name="__Fieldmark__18_2018275757"/>
+            <w:bookmarkStart w:id="66" w:name="__Fieldmark__18_2018275757"/>
+            <w:bookmarkStart w:id="67" w:name="__Fieldmark__18_2018275757"/>
             <w:bookmarkEnd w:id="67"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
@@ -1647,139 +1647,139 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="68" w:name="__Fieldmark__229_846229242"/>
             <w:bookmarkStart w:id="69" w:name="Controllo4"/>
             <w:bookmarkStart w:id="70" w:name="__Fieldmark__52_3383497303"/>
-            <w:bookmarkStart w:id="71" w:name="__Fieldmark__19_1458052712"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="73" w:name="__Fieldmark__19_1458052712"/>
+            <w:bookmarkStart w:id="71" w:name="__Fieldmark__19_2018275757"/>
+            <w:bookmarkStart w:id="72" w:name="__Fieldmark__19_2018275757"/>
+            <w:bookmarkStart w:id="73" w:name="__Fieldmark__19_2018275757"/>
             <w:bookmarkEnd w:id="70"/>
             <w:bookmarkEnd w:id="73"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="68"/>
             <w:bookmarkEnd w:id="69"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="74" w:name="__Fieldmark__20_1458052712"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="76" w:name="__Fieldmark__20_1458052712"/>
+            <w:bookmarkStart w:id="74" w:name="__Fieldmark__20_2018275757"/>
+            <w:bookmarkStart w:id="75" w:name="__Fieldmark__20_2018275757"/>
+            <w:bookmarkStart w:id="76" w:name="__Fieldmark__20_2018275757"/>
             <w:bookmarkEnd w:id="76"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__21_1458052712"/>
+                  <w:name w:val="__Fieldmark__21_2018275757"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="77" w:name="__Fieldmark__237_846229242"/>
-            <w:bookmarkStart w:id="78" w:name="__Fieldmark__21_1458052712"/>
-            <w:bookmarkStart w:id="79" w:name="__Fieldmark__21_1458052712"/>
+            <w:bookmarkStart w:id="78" w:name="__Fieldmark__21_2018275757"/>
+            <w:bookmarkStart w:id="79" w:name="__Fieldmark__21_2018275757"/>
             <w:bookmarkEnd w:id="79"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>........................................................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="80" w:name="__Fieldmark__21_1458052712"/>
+            <w:bookmarkStart w:id="80" w:name="__Fieldmark__21_2018275757"/>
             <w:bookmarkEnd w:id="80"/>
             <w:bookmarkEnd w:id="77"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="false"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
@@ -2637,73 +2637,73 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>UFFICIO ELETTORALE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">Si trasmette all’Ufficiale elettorale e si certifica che il richiedente è iscritto su queste liste elettorali generali al n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__22_1458052712"/>
+            <w:name w:val="__Fieldmark__22_2018275757"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="82" w:name="__Fieldmark__22_1458052712"/>
-      <w:bookmarkStart w:id="83" w:name="__Fieldmark__22_1458052712"/>
+      <w:bookmarkStart w:id="82" w:name="__Fieldmark__22_2018275757"/>
+      <w:bookmarkStart w:id="83" w:name="__Fieldmark__22_2018275757"/>
       <w:bookmarkEnd w:id="83"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="84" w:name="__Fieldmark__22_1458052712"/>
+      <w:bookmarkStart w:id="84" w:name="__Fieldmark__22_2018275757"/>
       <w:bookmarkEnd w:id="84"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
@@ -2715,75 +2715,75 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:i/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">Lì </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__23_1458052712"/>
+            <w:name w:val="__Fieldmark__23_2018275757"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="85" w:name="__Fieldmark__23_1458052712"/>
-      <w:bookmarkStart w:id="86" w:name="__Fieldmark__23_1458052712"/>
+      <w:bookmarkStart w:id="85" w:name="__Fieldmark__23_2018275757"/>
+      <w:bookmarkStart w:id="86" w:name="__Fieldmark__23_2018275757"/>
       <w:bookmarkEnd w:id="86"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="87" w:name="__Fieldmark__23_1458052712"/>
+      <w:bookmarkStart w:id="87" w:name="__Fieldmark__23_2018275757"/>
       <w:bookmarkEnd w:id="87"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:b/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:i/>
           <w:iCs/>
@@ -2912,73 +2912,73 @@
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="1304" w:firstLine="284"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Il responsabile del servizio</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__24_1458052712"/>
+            <w:name w:val="__Fieldmark__24_2018275757"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="88" w:name="__Fieldmark__24_1458052712"/>
-      <w:bookmarkStart w:id="89" w:name="__Fieldmark__24_1458052712"/>
+      <w:bookmarkStart w:id="88" w:name="__Fieldmark__24_2018275757"/>
+      <w:bookmarkStart w:id="89" w:name="__Fieldmark__24_2018275757"/>
       <w:bookmarkEnd w:id="89"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="90" w:name="__Fieldmark__24_1458052712"/>
+      <w:bookmarkStart w:id="90" w:name="__Fieldmark__24_2018275757"/>
       <w:bookmarkEnd w:id="90"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:r>
@@ -3004,342 +3004,342 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="91" w:name="__Fieldmark__25_1458052712"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="93" w:name="__Fieldmark__25_1458052712"/>
+      <w:bookmarkStart w:id="91" w:name="__Fieldmark__25_2018275757"/>
+      <w:bookmarkStart w:id="92" w:name="__Fieldmark__25_2018275757"/>
+      <w:bookmarkStart w:id="93" w:name="__Fieldmark__25_2018275757"/>
       <w:bookmarkEnd w:id="93"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> Iscritto/a</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="94" w:name="__Fieldmark__26_1458052712"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="96" w:name="__Fieldmark__26_1458052712"/>
+      <w:bookmarkStart w:id="94" w:name="__Fieldmark__26_2018275757"/>
+      <w:bookmarkStart w:id="95" w:name="__Fieldmark__26_2018275757"/>
+      <w:bookmarkStart w:id="96" w:name="__Fieldmark__26_2018275757"/>
       <w:bookmarkEnd w:id="96"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> Non iscritto/a, perché </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__27_1458052712"/>
+            <w:name w:val="__Fieldmark__27_2018275757"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="97" w:name="__Fieldmark__27_1458052712"/>
-      <w:bookmarkStart w:id="98" w:name="__Fieldmark__27_1458052712"/>
+      <w:bookmarkStart w:id="97" w:name="__Fieldmark__27_2018275757"/>
+      <w:bookmarkStart w:id="98" w:name="__Fieldmark__27_2018275757"/>
       <w:bookmarkEnd w:id="98"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="99" w:name="__Fieldmark__27_1458052712"/>
+      <w:bookmarkStart w:id="99" w:name="__Fieldmark__27_2018275757"/>
       <w:bookmarkEnd w:id="99"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__28_1458052712"/>
+            <w:name w:val="__Fieldmark__28_2018275757"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="100" w:name="__Fieldmark__28_1458052712"/>
-      <w:bookmarkStart w:id="101" w:name="__Fieldmark__28_1458052712"/>
+      <w:bookmarkStart w:id="100" w:name="__Fieldmark__28_2018275757"/>
+      <w:bookmarkStart w:id="101" w:name="__Fieldmark__28_2018275757"/>
       <w:bookmarkEnd w:id="101"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="102" w:name="__Fieldmark__28_1458052712"/>
+      <w:bookmarkStart w:id="102" w:name="__Fieldmark__28_2018275757"/>
       <w:bookmarkEnd w:id="102"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">Verbale n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__29_1458052712"/>
+            <w:name w:val="__Fieldmark__29_2018275757"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="103" w:name="__Fieldmark__29_1458052712"/>
-      <w:bookmarkStart w:id="104" w:name="__Fieldmark__29_1458052712"/>
+      <w:bookmarkStart w:id="103" w:name="__Fieldmark__29_2018275757"/>
+      <w:bookmarkStart w:id="104" w:name="__Fieldmark__29_2018275757"/>
       <w:bookmarkEnd w:id="104"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="105" w:name="__Fieldmark__29_1458052712"/>
+      <w:bookmarkStart w:id="105" w:name="__Fieldmark__29_2018275757"/>
       <w:bookmarkEnd w:id="105"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> del </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__30_1458052712"/>
+            <w:name w:val="__Fieldmark__30_2018275757"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="106" w:name="__Fieldmark__30_1458052712"/>
-      <w:bookmarkStart w:id="107" w:name="__Fieldmark__30_1458052712"/>
+      <w:bookmarkStart w:id="106" w:name="__Fieldmark__30_2018275757"/>
+      <w:bookmarkStart w:id="107" w:name="__Fieldmark__30_2018275757"/>
       <w:bookmarkEnd w:id="107"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="108" w:name="__Fieldmark__30_1458052712"/>
+      <w:bookmarkStart w:id="108" w:name="__Fieldmark__30_2018275757"/>
       <w:bookmarkEnd w:id="108"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:i/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">Lì </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__31_1458052712"/>
+            <w:name w:val="__Fieldmark__31_2018275757"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="109" w:name="__Fieldmark__31_1458052712"/>
-      <w:bookmarkStart w:id="110" w:name="__Fieldmark__31_1458052712"/>
+      <w:bookmarkStart w:id="109" w:name="__Fieldmark__31_2018275757"/>
+      <w:bookmarkStart w:id="110" w:name="__Fieldmark__31_2018275757"/>
       <w:bookmarkEnd w:id="110"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="111" w:name="__Fieldmark__31_1458052712"/>
+      <w:bookmarkStart w:id="111" w:name="__Fieldmark__31_2018275757"/>
       <w:bookmarkEnd w:id="111"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:b/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:i/>
           <w:iCs/>
@@ -3466,73 +3466,73 @@
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="1304" w:firstLine="284"/>
         <w:jc w:val="left"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Il responsabile del servizio</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__32_1458052712"/>
+            <w:name w:val="__Fieldmark__32_2018275757"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="112" w:name="__Fieldmark__32_1458052712"/>
-      <w:bookmarkStart w:id="113" w:name="__Fieldmark__32_1458052712"/>
+      <w:bookmarkStart w:id="112" w:name="__Fieldmark__32_2018275757"/>
+      <w:bookmarkStart w:id="113" w:name="__Fieldmark__32_2018275757"/>
       <w:bookmarkEnd w:id="113"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="114" w:name="__Fieldmark__32_1458052712"/>
+      <w:bookmarkStart w:id="114" w:name="__Fieldmark__32_2018275757"/>
       <w:bookmarkEnd w:id="114"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:left="1134" w:right="1134" w:header="720" w:top="1134" w:footer="340" w:bottom="1134" w:gutter="0"/>
           <w:cols w:num="2" w:space="454" w:equalWidth="true" w:sep="true"/>
           <w:formProt w:val="false"/>
           <w:textDirection w:val="lrTb"/>
           <w:docGrid w:type="default" w:linePitch="326" w:charSpace="0"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>