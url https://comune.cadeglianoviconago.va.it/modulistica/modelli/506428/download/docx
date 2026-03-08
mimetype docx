--- v6 (2026-02-15)
+++ v7 (2026-03-08)
@@ -101,75 +101,75 @@
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6096" w:leader="none"/>
         </w:tabs>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="5727" w:hanging="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__0_2018275757"/>
+            <w:name w:val="__Fieldmark__0_2607280612"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2018275757"/>
-      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2018275757"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2607280612"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2607280612"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2018275757"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2607280612"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6096" w:leader="none"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -255,344 +255,344 @@
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Io sottoscritto/a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__1_2018275757"/>
+            <w:name w:val="__Fieldmark__1_2607280612"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2018275757"/>
-      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2018275757"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2607280612"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2607280612"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2018275757"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2607280612"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> nato/a a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__2_2018275757"/>
+            <w:name w:val="__Fieldmark__2_2607280612"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2018275757"/>
-      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2018275757"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2607280612"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2607280612"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2018275757"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2607280612"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__3_2018275757"/>
+            <w:name w:val="__Fieldmark__3_2607280612"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2018275757"/>
-      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2018275757"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2607280612"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2607280612"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2018275757"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2607280612"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> residente in </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__4_2018275757"/>
+            <w:name w:val="__Fieldmark__4_2607280612"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2018275757"/>
-      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2018275757"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2607280612"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2607280612"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2018275757"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2607280612"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> Via </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__5_2018275757"/>
+            <w:name w:val="__Fieldmark__5_2607280612"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2018275757"/>
-      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2018275757"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2607280612"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2607280612"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2018275757"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2607280612"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__6_2018275757"/>
+            <w:name w:val="__Fieldmark__6_2607280612"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2018275757"/>
-      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2018275757"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2607280612"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2607280612"/>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2018275757"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2607280612"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> Tel. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__7_2018275757"/>
+            <w:name w:val="__Fieldmark__7_2607280612"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2018275757"/>
-      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2018275757"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2607280612"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2607280612"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2018275757"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2607280612"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="60"/>
           <w:sz w:val="21"/>
@@ -827,120 +827,120 @@
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9639" w:leader="none"/>
         </w:tabs>
         <w:spacing w:lineRule="auto" w:line="480" w:before="0" w:after="0"/>
         <w:ind w:left="0" w:hanging="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="false"/>
           <w:b w:val="false"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Data </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__8_2018275757"/>
+            <w:name w:val="__Fieldmark__8_2607280612"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_2018275757"/>
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2018275757"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_2607280612"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2607280612"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="__Fieldmark__8_2018275757"/>
+      <w:bookmarkStart w:id="27" w:name="__Fieldmark__8_2607280612"/>
       <w:bookmarkEnd w:id="27"/>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:iCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__9_2018275757"/>
+            <w:name w:val="__Fieldmark__9_2607280612"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_2018275757"/>
-      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_2018275757"/>
+      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_2607280612"/>
+      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_2607280612"/>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="__Fieldmark__9_2018275757"/>
+      <w:bookmarkStart w:id="30" w:name="__Fieldmark__9_2607280612"/>
       <w:bookmarkEnd w:id="30"/>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9659" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="62" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
         </w:tblBorders>
         <w:tblCellMar>
@@ -1152,76 +1152,76 @@
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">lì </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__10_2018275757"/>
+                  <w:name w:val="__Fieldmark__10_2607280612"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="31" w:name="__Fieldmark__187_846229242"/>
-            <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_2018275757"/>
-            <w:bookmarkStart w:id="33" w:name="__Fieldmark__10_2018275757"/>
+            <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_2607280612"/>
+            <w:bookmarkStart w:id="33" w:name="__Fieldmark__10_2607280612"/>
             <w:bookmarkEnd w:id="33"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>..................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="34" w:name="__Fieldmark__10_2018275757"/>
+            <w:bookmarkStart w:id="34" w:name="__Fieldmark__10_2607280612"/>
             <w:bookmarkStart w:id="35" w:name="Testo4"/>
             <w:bookmarkEnd w:id="34"/>
             <w:bookmarkEnd w:id="31"/>
             <w:bookmarkEnd w:id="35"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
               <w:ind w:left="1701" w:hanging="0"/>
               <w:jc w:val="center"/>
@@ -1232,74 +1232,74 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>L’ADDETTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
               <w:ind w:left="1701" w:hanging="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__11_2018275757"/>
+                  <w:name w:val="__Fieldmark__11_2607280612"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="36" w:name="__Fieldmark__196_846229242"/>
-            <w:bookmarkStart w:id="37" w:name="__Fieldmark__11_2018275757"/>
-            <w:bookmarkStart w:id="38" w:name="__Fieldmark__11_2018275757"/>
+            <w:bookmarkStart w:id="37" w:name="__Fieldmark__11_2607280612"/>
+            <w:bookmarkStart w:id="38" w:name="__Fieldmark__11_2607280612"/>
             <w:bookmarkEnd w:id="38"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>........................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="39" w:name="__Fieldmark__11_2018275757"/>
+            <w:bookmarkStart w:id="39" w:name="__Fieldmark__11_2607280612"/>
             <w:bookmarkEnd w:id="39"/>
             <w:bookmarkEnd w:id="36"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5514" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:fill="FFFFFF" w:val="clear"/>
@@ -1334,121 +1334,121 @@
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324"/>
               <w:ind w:left="284" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="40" w:name="__Fieldmark__204_846229242"/>
             <w:bookmarkStart w:id="41" w:name="__Fieldmark__49_3383497303"/>
-            <w:bookmarkStart w:id="42" w:name="__Fieldmark__12_2018275757"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="44" w:name="__Fieldmark__12_2018275757"/>
+            <w:bookmarkStart w:id="42" w:name="__Fieldmark__12_2607280612"/>
+            <w:bookmarkStart w:id="43" w:name="__Fieldmark__12_2607280612"/>
+            <w:bookmarkStart w:id="44" w:name="__Fieldmark__12_2607280612"/>
             <w:bookmarkEnd w:id="41"/>
             <w:bookmarkEnd w:id="44"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="40"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="45" w:name="__Fieldmark__13_2018275757"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="47" w:name="__Fieldmark__13_2018275757"/>
+            <w:bookmarkStart w:id="45" w:name="__Fieldmark__13_2607280612"/>
+            <w:bookmarkStart w:id="46" w:name="__Fieldmark__13_2607280612"/>
+            <w:bookmarkStart w:id="47" w:name="__Fieldmark__13_2607280612"/>
             <w:bookmarkEnd w:id="47"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="48" w:name="__Fieldmark__14_2018275757"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="50" w:name="__Fieldmark__14_2018275757"/>
+            <w:bookmarkStart w:id="48" w:name="__Fieldmark__14_2607280612"/>
+            <w:bookmarkStart w:id="49" w:name="__Fieldmark__14_2607280612"/>
+            <w:bookmarkStart w:id="50" w:name="__Fieldmark__14_2607280612"/>
             <w:bookmarkEnd w:id="50"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>CARTA D’IDENTITÀ</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324"/>
@@ -1456,93 +1456,93 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="51" w:name="__Fieldmark__213_846229242"/>
             <w:bookmarkStart w:id="52" w:name="__Fieldmark__50_3383497303"/>
-            <w:bookmarkStart w:id="53" w:name="__Fieldmark__15_2018275757"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="55" w:name="__Fieldmark__15_2018275757"/>
+            <w:bookmarkStart w:id="53" w:name="__Fieldmark__15_2607280612"/>
+            <w:bookmarkStart w:id="54" w:name="__Fieldmark__15_2607280612"/>
+            <w:bookmarkStart w:id="55" w:name="__Fieldmark__15_2607280612"/>
             <w:bookmarkEnd w:id="52"/>
             <w:bookmarkEnd w:id="55"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="51"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="56" w:name="__Fieldmark__16_2018275757"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="58" w:name="__Fieldmark__16_2018275757"/>
+            <w:bookmarkStart w:id="56" w:name="__Fieldmark__16_2607280612"/>
+            <w:bookmarkStart w:id="57" w:name="__Fieldmark__16_2607280612"/>
+            <w:bookmarkStart w:id="58" w:name="__Fieldmark__16_2607280612"/>
             <w:bookmarkEnd w:id="58"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324"/>
@@ -1551,94 +1551,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="59" w:name="__Fieldmark__221_846229242"/>
             <w:bookmarkStart w:id="60" w:name="Controllo3"/>
             <w:bookmarkStart w:id="61" w:name="__Fieldmark__51_3383497303"/>
-            <w:bookmarkStart w:id="62" w:name="__Fieldmark__17_2018275757"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="64" w:name="__Fieldmark__17_2018275757"/>
+            <w:bookmarkStart w:id="62" w:name="__Fieldmark__17_2607280612"/>
+            <w:bookmarkStart w:id="63" w:name="__Fieldmark__17_2607280612"/>
+            <w:bookmarkStart w:id="64" w:name="__Fieldmark__17_2607280612"/>
             <w:bookmarkEnd w:id="61"/>
             <w:bookmarkEnd w:id="64"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="59"/>
             <w:bookmarkEnd w:id="60"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="65" w:name="__Fieldmark__18_2018275757"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="67" w:name="__Fieldmark__18_2018275757"/>
+            <w:bookmarkStart w:id="65" w:name="__Fieldmark__18_2607280612"/>
+            <w:bookmarkStart w:id="66" w:name="__Fieldmark__18_2607280612"/>
+            <w:bookmarkStart w:id="67" w:name="__Fieldmark__18_2607280612"/>
             <w:bookmarkEnd w:id="67"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
@@ -1647,139 +1647,139 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="68" w:name="__Fieldmark__229_846229242"/>
             <w:bookmarkStart w:id="69" w:name="Controllo4"/>
             <w:bookmarkStart w:id="70" w:name="__Fieldmark__52_3383497303"/>
-            <w:bookmarkStart w:id="71" w:name="__Fieldmark__19_2018275757"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="73" w:name="__Fieldmark__19_2018275757"/>
+            <w:bookmarkStart w:id="71" w:name="__Fieldmark__19_2607280612"/>
+            <w:bookmarkStart w:id="72" w:name="__Fieldmark__19_2607280612"/>
+            <w:bookmarkStart w:id="73" w:name="__Fieldmark__19_2607280612"/>
             <w:bookmarkEnd w:id="70"/>
             <w:bookmarkEnd w:id="73"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="68"/>
             <w:bookmarkEnd w:id="69"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="74" w:name="__Fieldmark__20_2018275757"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="76" w:name="__Fieldmark__20_2018275757"/>
+            <w:bookmarkStart w:id="74" w:name="__Fieldmark__20_2607280612"/>
+            <w:bookmarkStart w:id="75" w:name="__Fieldmark__20_2607280612"/>
+            <w:bookmarkStart w:id="76" w:name="__Fieldmark__20_2607280612"/>
             <w:bookmarkEnd w:id="76"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__21_2018275757"/>
+                  <w:name w:val="__Fieldmark__21_2607280612"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="77" w:name="__Fieldmark__237_846229242"/>
-            <w:bookmarkStart w:id="78" w:name="__Fieldmark__21_2018275757"/>
-            <w:bookmarkStart w:id="79" w:name="__Fieldmark__21_2018275757"/>
+            <w:bookmarkStart w:id="78" w:name="__Fieldmark__21_2607280612"/>
+            <w:bookmarkStart w:id="79" w:name="__Fieldmark__21_2607280612"/>
             <w:bookmarkEnd w:id="79"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>........................................................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="80" w:name="__Fieldmark__21_2018275757"/>
+            <w:bookmarkStart w:id="80" w:name="__Fieldmark__21_2607280612"/>
             <w:bookmarkEnd w:id="80"/>
             <w:bookmarkEnd w:id="77"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="false"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
@@ -2637,73 +2637,73 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>UFFICIO ELETTORALE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">Si trasmette all’Ufficiale elettorale e si certifica che il richiedente è iscritto su queste liste elettorali generali al n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__22_2018275757"/>
+            <w:name w:val="__Fieldmark__22_2607280612"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="82" w:name="__Fieldmark__22_2018275757"/>
-      <w:bookmarkStart w:id="83" w:name="__Fieldmark__22_2018275757"/>
+      <w:bookmarkStart w:id="82" w:name="__Fieldmark__22_2607280612"/>
+      <w:bookmarkStart w:id="83" w:name="__Fieldmark__22_2607280612"/>
       <w:bookmarkEnd w:id="83"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="84" w:name="__Fieldmark__22_2018275757"/>
+      <w:bookmarkStart w:id="84" w:name="__Fieldmark__22_2607280612"/>
       <w:bookmarkEnd w:id="84"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
@@ -2715,75 +2715,75 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:i/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">Lì </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__23_2018275757"/>
+            <w:name w:val="__Fieldmark__23_2607280612"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="85" w:name="__Fieldmark__23_2018275757"/>
-      <w:bookmarkStart w:id="86" w:name="__Fieldmark__23_2018275757"/>
+      <w:bookmarkStart w:id="85" w:name="__Fieldmark__23_2607280612"/>
+      <w:bookmarkStart w:id="86" w:name="__Fieldmark__23_2607280612"/>
       <w:bookmarkEnd w:id="86"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="87" w:name="__Fieldmark__23_2018275757"/>
+      <w:bookmarkStart w:id="87" w:name="__Fieldmark__23_2607280612"/>
       <w:bookmarkEnd w:id="87"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:b/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:i/>
           <w:iCs/>
@@ -2912,73 +2912,73 @@
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="1304" w:firstLine="284"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Il responsabile del servizio</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__24_2018275757"/>
+            <w:name w:val="__Fieldmark__24_2607280612"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="88" w:name="__Fieldmark__24_2018275757"/>
-      <w:bookmarkStart w:id="89" w:name="__Fieldmark__24_2018275757"/>
+      <w:bookmarkStart w:id="88" w:name="__Fieldmark__24_2607280612"/>
+      <w:bookmarkStart w:id="89" w:name="__Fieldmark__24_2607280612"/>
       <w:bookmarkEnd w:id="89"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="90" w:name="__Fieldmark__24_2018275757"/>
+      <w:bookmarkStart w:id="90" w:name="__Fieldmark__24_2607280612"/>
       <w:bookmarkEnd w:id="90"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:r>
@@ -3004,342 +3004,342 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="91" w:name="__Fieldmark__25_2018275757"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="93" w:name="__Fieldmark__25_2018275757"/>
+      <w:bookmarkStart w:id="91" w:name="__Fieldmark__25_2607280612"/>
+      <w:bookmarkStart w:id="92" w:name="__Fieldmark__25_2607280612"/>
+      <w:bookmarkStart w:id="93" w:name="__Fieldmark__25_2607280612"/>
       <w:bookmarkEnd w:id="93"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> Iscritto/a</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="94" w:name="__Fieldmark__26_2018275757"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="96" w:name="__Fieldmark__26_2018275757"/>
+      <w:bookmarkStart w:id="94" w:name="__Fieldmark__26_2607280612"/>
+      <w:bookmarkStart w:id="95" w:name="__Fieldmark__26_2607280612"/>
+      <w:bookmarkStart w:id="96" w:name="__Fieldmark__26_2607280612"/>
       <w:bookmarkEnd w:id="96"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> Non iscritto/a, perché </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__27_2018275757"/>
+            <w:name w:val="__Fieldmark__27_2607280612"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="97" w:name="__Fieldmark__27_2018275757"/>
-      <w:bookmarkStart w:id="98" w:name="__Fieldmark__27_2018275757"/>
+      <w:bookmarkStart w:id="97" w:name="__Fieldmark__27_2607280612"/>
+      <w:bookmarkStart w:id="98" w:name="__Fieldmark__27_2607280612"/>
       <w:bookmarkEnd w:id="98"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="99" w:name="__Fieldmark__27_2018275757"/>
+      <w:bookmarkStart w:id="99" w:name="__Fieldmark__27_2607280612"/>
       <w:bookmarkEnd w:id="99"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__28_2018275757"/>
+            <w:name w:val="__Fieldmark__28_2607280612"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="100" w:name="__Fieldmark__28_2018275757"/>
-      <w:bookmarkStart w:id="101" w:name="__Fieldmark__28_2018275757"/>
+      <w:bookmarkStart w:id="100" w:name="__Fieldmark__28_2607280612"/>
+      <w:bookmarkStart w:id="101" w:name="__Fieldmark__28_2607280612"/>
       <w:bookmarkEnd w:id="101"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="102" w:name="__Fieldmark__28_2018275757"/>
+      <w:bookmarkStart w:id="102" w:name="__Fieldmark__28_2607280612"/>
       <w:bookmarkEnd w:id="102"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">Verbale n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__29_2018275757"/>
+            <w:name w:val="__Fieldmark__29_2607280612"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="103" w:name="__Fieldmark__29_2018275757"/>
-      <w:bookmarkStart w:id="104" w:name="__Fieldmark__29_2018275757"/>
+      <w:bookmarkStart w:id="103" w:name="__Fieldmark__29_2607280612"/>
+      <w:bookmarkStart w:id="104" w:name="__Fieldmark__29_2607280612"/>
       <w:bookmarkEnd w:id="104"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="105" w:name="__Fieldmark__29_2018275757"/>
+      <w:bookmarkStart w:id="105" w:name="__Fieldmark__29_2607280612"/>
       <w:bookmarkEnd w:id="105"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> del </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__30_2018275757"/>
+            <w:name w:val="__Fieldmark__30_2607280612"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="106" w:name="__Fieldmark__30_2018275757"/>
-      <w:bookmarkStart w:id="107" w:name="__Fieldmark__30_2018275757"/>
+      <w:bookmarkStart w:id="106" w:name="__Fieldmark__30_2607280612"/>
+      <w:bookmarkStart w:id="107" w:name="__Fieldmark__30_2607280612"/>
       <w:bookmarkEnd w:id="107"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="108" w:name="__Fieldmark__30_2018275757"/>
+      <w:bookmarkStart w:id="108" w:name="__Fieldmark__30_2607280612"/>
       <w:bookmarkEnd w:id="108"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:i/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">Lì </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__31_2018275757"/>
+            <w:name w:val="__Fieldmark__31_2607280612"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="109" w:name="__Fieldmark__31_2018275757"/>
-      <w:bookmarkStart w:id="110" w:name="__Fieldmark__31_2018275757"/>
+      <w:bookmarkStart w:id="109" w:name="__Fieldmark__31_2607280612"/>
+      <w:bookmarkStart w:id="110" w:name="__Fieldmark__31_2607280612"/>
       <w:bookmarkEnd w:id="110"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="111" w:name="__Fieldmark__31_2018275757"/>
+      <w:bookmarkStart w:id="111" w:name="__Fieldmark__31_2607280612"/>
       <w:bookmarkEnd w:id="111"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:b/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:i/>
           <w:iCs/>
@@ -3466,73 +3466,73 @@
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="1304" w:firstLine="284"/>
         <w:jc w:val="left"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Il responsabile del servizio</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__32_2018275757"/>
+            <w:name w:val="__Fieldmark__32_2607280612"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="112" w:name="__Fieldmark__32_2018275757"/>
-      <w:bookmarkStart w:id="113" w:name="__Fieldmark__32_2018275757"/>
+      <w:bookmarkStart w:id="112" w:name="__Fieldmark__32_2607280612"/>
+      <w:bookmarkStart w:id="113" w:name="__Fieldmark__32_2607280612"/>
       <w:bookmarkEnd w:id="113"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="114" w:name="__Fieldmark__32_2018275757"/>
+      <w:bookmarkStart w:id="114" w:name="__Fieldmark__32_2607280612"/>
       <w:bookmarkEnd w:id="114"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:left="1134" w:right="1134" w:header="720" w:top="1134" w:footer="340" w:bottom="1134" w:gutter="0"/>
           <w:cols w:num="2" w:space="454" w:equalWidth="true" w:sep="true"/>
           <w:formProt w:val="false"/>
           <w:textDirection w:val="lrTb"/>
           <w:docGrid w:type="default" w:linePitch="326" w:charSpace="0"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>