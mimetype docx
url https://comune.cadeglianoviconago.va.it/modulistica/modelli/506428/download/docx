--- v7 (2026-03-08)
+++ v8 (2026-03-28)
@@ -101,75 +101,75 @@
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6096" w:leader="none"/>
         </w:tabs>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="5727" w:hanging="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__0_2607280612"/>
+            <w:name w:val="__Fieldmark__0_474585761"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2607280612"/>
-      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2607280612"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_474585761"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_474585761"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2607280612"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_474585761"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6096" w:leader="none"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -255,344 +255,344 @@
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Io sottoscritto/a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__1_2607280612"/>
+            <w:name w:val="__Fieldmark__1_474585761"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2607280612"/>
-      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2607280612"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_474585761"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_474585761"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2607280612"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_474585761"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> nato/a a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__2_2607280612"/>
+            <w:name w:val="__Fieldmark__2_474585761"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2607280612"/>
-      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2607280612"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_474585761"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_474585761"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2607280612"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_474585761"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__3_2607280612"/>
+            <w:name w:val="__Fieldmark__3_474585761"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2607280612"/>
-      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2607280612"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_474585761"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_474585761"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2607280612"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_474585761"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> residente in </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__4_2607280612"/>
+            <w:name w:val="__Fieldmark__4_474585761"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2607280612"/>
-      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2607280612"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_474585761"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_474585761"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2607280612"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_474585761"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> Via </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__5_2607280612"/>
+            <w:name w:val="__Fieldmark__5_474585761"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2607280612"/>
-      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2607280612"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_474585761"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_474585761"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2607280612"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_474585761"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__6_2607280612"/>
+            <w:name w:val="__Fieldmark__6_474585761"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2607280612"/>
-      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2607280612"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_474585761"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_474585761"/>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2607280612"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_474585761"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> Tel. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__7_2607280612"/>
+            <w:name w:val="__Fieldmark__7_474585761"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2607280612"/>
-      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2607280612"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_474585761"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_474585761"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2607280612"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_474585761"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="60"/>
           <w:sz w:val="21"/>
@@ -827,120 +827,120 @@
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9639" w:leader="none"/>
         </w:tabs>
         <w:spacing w:lineRule="auto" w:line="480" w:before="0" w:after="0"/>
         <w:ind w:left="0" w:hanging="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="false"/>
           <w:b w:val="false"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Data </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__8_2607280612"/>
+            <w:name w:val="__Fieldmark__8_474585761"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_2607280612"/>
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2607280612"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_474585761"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_474585761"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="__Fieldmark__8_2607280612"/>
+      <w:bookmarkStart w:id="27" w:name="__Fieldmark__8_474585761"/>
       <w:bookmarkEnd w:id="27"/>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:iCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__9_2607280612"/>
+            <w:name w:val="__Fieldmark__9_474585761"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_2607280612"/>
-      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_2607280612"/>
+      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_474585761"/>
+      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_474585761"/>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="__Fieldmark__9_2607280612"/>
+      <w:bookmarkStart w:id="30" w:name="__Fieldmark__9_474585761"/>
       <w:bookmarkEnd w:id="30"/>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9659" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="62" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
         </w:tblBorders>
         <w:tblCellMar>
@@ -1152,76 +1152,76 @@
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">lì </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__10_2607280612"/>
+                  <w:name w:val="__Fieldmark__10_474585761"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="31" w:name="__Fieldmark__187_846229242"/>
-            <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_2607280612"/>
-            <w:bookmarkStart w:id="33" w:name="__Fieldmark__10_2607280612"/>
+            <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_474585761"/>
+            <w:bookmarkStart w:id="33" w:name="__Fieldmark__10_474585761"/>
             <w:bookmarkEnd w:id="33"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>..................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="34" w:name="__Fieldmark__10_2607280612"/>
+            <w:bookmarkStart w:id="34" w:name="__Fieldmark__10_474585761"/>
             <w:bookmarkStart w:id="35" w:name="Testo4"/>
             <w:bookmarkEnd w:id="34"/>
             <w:bookmarkEnd w:id="31"/>
             <w:bookmarkEnd w:id="35"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
               <w:ind w:left="1701" w:hanging="0"/>
               <w:jc w:val="center"/>
@@ -1232,74 +1232,74 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>L’ADDETTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
               <w:ind w:left="1701" w:hanging="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__11_2607280612"/>
+                  <w:name w:val="__Fieldmark__11_474585761"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="36" w:name="__Fieldmark__196_846229242"/>
-            <w:bookmarkStart w:id="37" w:name="__Fieldmark__11_2607280612"/>
-            <w:bookmarkStart w:id="38" w:name="__Fieldmark__11_2607280612"/>
+            <w:bookmarkStart w:id="37" w:name="__Fieldmark__11_474585761"/>
+            <w:bookmarkStart w:id="38" w:name="__Fieldmark__11_474585761"/>
             <w:bookmarkEnd w:id="38"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>........................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="39" w:name="__Fieldmark__11_2607280612"/>
+            <w:bookmarkStart w:id="39" w:name="__Fieldmark__11_474585761"/>
             <w:bookmarkEnd w:id="39"/>
             <w:bookmarkEnd w:id="36"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5514" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:fill="FFFFFF" w:val="clear"/>
@@ -1334,121 +1334,121 @@
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324"/>
               <w:ind w:left="284" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="40" w:name="__Fieldmark__204_846229242"/>
             <w:bookmarkStart w:id="41" w:name="__Fieldmark__49_3383497303"/>
-            <w:bookmarkStart w:id="42" w:name="__Fieldmark__12_2607280612"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="44" w:name="__Fieldmark__12_2607280612"/>
+            <w:bookmarkStart w:id="42" w:name="__Fieldmark__12_474585761"/>
+            <w:bookmarkStart w:id="43" w:name="__Fieldmark__12_474585761"/>
+            <w:bookmarkStart w:id="44" w:name="__Fieldmark__12_474585761"/>
             <w:bookmarkEnd w:id="41"/>
             <w:bookmarkEnd w:id="44"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="40"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="45" w:name="__Fieldmark__13_2607280612"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="47" w:name="__Fieldmark__13_2607280612"/>
+            <w:bookmarkStart w:id="45" w:name="__Fieldmark__13_474585761"/>
+            <w:bookmarkStart w:id="46" w:name="__Fieldmark__13_474585761"/>
+            <w:bookmarkStart w:id="47" w:name="__Fieldmark__13_474585761"/>
             <w:bookmarkEnd w:id="47"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="48" w:name="__Fieldmark__14_2607280612"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="50" w:name="__Fieldmark__14_2607280612"/>
+            <w:bookmarkStart w:id="48" w:name="__Fieldmark__14_474585761"/>
+            <w:bookmarkStart w:id="49" w:name="__Fieldmark__14_474585761"/>
+            <w:bookmarkStart w:id="50" w:name="__Fieldmark__14_474585761"/>
             <w:bookmarkEnd w:id="50"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>CARTA D’IDENTITÀ</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324"/>
@@ -1456,93 +1456,93 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="51" w:name="__Fieldmark__213_846229242"/>
             <w:bookmarkStart w:id="52" w:name="__Fieldmark__50_3383497303"/>
-            <w:bookmarkStart w:id="53" w:name="__Fieldmark__15_2607280612"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="55" w:name="__Fieldmark__15_2607280612"/>
+            <w:bookmarkStart w:id="53" w:name="__Fieldmark__15_474585761"/>
+            <w:bookmarkStart w:id="54" w:name="__Fieldmark__15_474585761"/>
+            <w:bookmarkStart w:id="55" w:name="__Fieldmark__15_474585761"/>
             <w:bookmarkEnd w:id="52"/>
             <w:bookmarkEnd w:id="55"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="51"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="56" w:name="__Fieldmark__16_2607280612"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="58" w:name="__Fieldmark__16_2607280612"/>
+            <w:bookmarkStart w:id="56" w:name="__Fieldmark__16_474585761"/>
+            <w:bookmarkStart w:id="57" w:name="__Fieldmark__16_474585761"/>
+            <w:bookmarkStart w:id="58" w:name="__Fieldmark__16_474585761"/>
             <w:bookmarkEnd w:id="58"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324"/>
@@ -1551,94 +1551,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="59" w:name="__Fieldmark__221_846229242"/>
             <w:bookmarkStart w:id="60" w:name="Controllo3"/>
             <w:bookmarkStart w:id="61" w:name="__Fieldmark__51_3383497303"/>
-            <w:bookmarkStart w:id="62" w:name="__Fieldmark__17_2607280612"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="64" w:name="__Fieldmark__17_2607280612"/>
+            <w:bookmarkStart w:id="62" w:name="__Fieldmark__17_474585761"/>
+            <w:bookmarkStart w:id="63" w:name="__Fieldmark__17_474585761"/>
+            <w:bookmarkStart w:id="64" w:name="__Fieldmark__17_474585761"/>
             <w:bookmarkEnd w:id="61"/>
             <w:bookmarkEnd w:id="64"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="59"/>
             <w:bookmarkEnd w:id="60"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="65" w:name="__Fieldmark__18_2607280612"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="67" w:name="__Fieldmark__18_2607280612"/>
+            <w:bookmarkStart w:id="65" w:name="__Fieldmark__18_474585761"/>
+            <w:bookmarkStart w:id="66" w:name="__Fieldmark__18_474585761"/>
+            <w:bookmarkStart w:id="67" w:name="__Fieldmark__18_474585761"/>
             <w:bookmarkEnd w:id="67"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:suppressAutoHyphens w:val="true"/>
               <w:autoSpaceDE w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
@@ -1647,139 +1647,139 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="68" w:name="__Fieldmark__229_846229242"/>
             <w:bookmarkStart w:id="69" w:name="Controllo4"/>
             <w:bookmarkStart w:id="70" w:name="__Fieldmark__52_3383497303"/>
-            <w:bookmarkStart w:id="71" w:name="__Fieldmark__19_2607280612"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="73" w:name="__Fieldmark__19_2607280612"/>
+            <w:bookmarkStart w:id="71" w:name="__Fieldmark__19_474585761"/>
+            <w:bookmarkStart w:id="72" w:name="__Fieldmark__19_474585761"/>
+            <w:bookmarkStart w:id="73" w:name="__Fieldmark__19_474585761"/>
             <w:bookmarkEnd w:id="70"/>
             <w:bookmarkEnd w:id="73"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="68"/>
             <w:bookmarkEnd w:id="69"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="74" w:name="__Fieldmark__20_2607280612"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="76" w:name="__Fieldmark__20_2607280612"/>
+            <w:bookmarkStart w:id="74" w:name="__Fieldmark__20_474585761"/>
+            <w:bookmarkStart w:id="75" w:name="__Fieldmark__20_474585761"/>
+            <w:bookmarkStart w:id="76" w:name="__Fieldmark__20_474585761"/>
             <w:bookmarkEnd w:id="76"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__21_2607280612"/>
+                  <w:name w:val="__Fieldmark__21_474585761"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="77" w:name="__Fieldmark__237_846229242"/>
-            <w:bookmarkStart w:id="78" w:name="__Fieldmark__21_2607280612"/>
-            <w:bookmarkStart w:id="79" w:name="__Fieldmark__21_2607280612"/>
+            <w:bookmarkStart w:id="78" w:name="__Fieldmark__21_474585761"/>
+            <w:bookmarkStart w:id="79" w:name="__Fieldmark__21_474585761"/>
             <w:bookmarkEnd w:id="79"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>........................................................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="80" w:name="__Fieldmark__21_2607280612"/>
+            <w:bookmarkStart w:id="80" w:name="__Fieldmark__21_474585761"/>
             <w:bookmarkEnd w:id="80"/>
             <w:bookmarkEnd w:id="77"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="false"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
@@ -2637,73 +2637,73 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>UFFICIO ELETTORALE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">Si trasmette all’Ufficiale elettorale e si certifica che il richiedente è iscritto su queste liste elettorali generali al n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__22_2607280612"/>
+            <w:name w:val="__Fieldmark__22_474585761"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="82" w:name="__Fieldmark__22_2607280612"/>
-      <w:bookmarkStart w:id="83" w:name="__Fieldmark__22_2607280612"/>
+      <w:bookmarkStart w:id="82" w:name="__Fieldmark__22_474585761"/>
+      <w:bookmarkStart w:id="83" w:name="__Fieldmark__22_474585761"/>
       <w:bookmarkEnd w:id="83"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="84" w:name="__Fieldmark__22_2607280612"/>
+      <w:bookmarkStart w:id="84" w:name="__Fieldmark__22_474585761"/>
       <w:bookmarkEnd w:id="84"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
@@ -2715,75 +2715,75 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:i/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">Lì </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__23_2607280612"/>
+            <w:name w:val="__Fieldmark__23_474585761"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="85" w:name="__Fieldmark__23_2607280612"/>
-      <w:bookmarkStart w:id="86" w:name="__Fieldmark__23_2607280612"/>
+      <w:bookmarkStart w:id="85" w:name="__Fieldmark__23_474585761"/>
+      <w:bookmarkStart w:id="86" w:name="__Fieldmark__23_474585761"/>
       <w:bookmarkEnd w:id="86"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="87" w:name="__Fieldmark__23_2607280612"/>
+      <w:bookmarkStart w:id="87" w:name="__Fieldmark__23_474585761"/>
       <w:bookmarkEnd w:id="87"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:b/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:i/>
           <w:iCs/>
@@ -2912,73 +2912,73 @@
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="1304" w:firstLine="284"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Il responsabile del servizio</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__24_2607280612"/>
+            <w:name w:val="__Fieldmark__24_474585761"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="88" w:name="__Fieldmark__24_2607280612"/>
-      <w:bookmarkStart w:id="89" w:name="__Fieldmark__24_2607280612"/>
+      <w:bookmarkStart w:id="88" w:name="__Fieldmark__24_474585761"/>
+      <w:bookmarkStart w:id="89" w:name="__Fieldmark__24_474585761"/>
       <w:bookmarkEnd w:id="89"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="90" w:name="__Fieldmark__24_2607280612"/>
+      <w:bookmarkStart w:id="90" w:name="__Fieldmark__24_474585761"/>
       <w:bookmarkEnd w:id="90"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:r>
@@ -3004,342 +3004,342 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="91" w:name="__Fieldmark__25_2607280612"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="93" w:name="__Fieldmark__25_2607280612"/>
+      <w:bookmarkStart w:id="91" w:name="__Fieldmark__25_474585761"/>
+      <w:bookmarkStart w:id="92" w:name="__Fieldmark__25_474585761"/>
+      <w:bookmarkStart w:id="93" w:name="__Fieldmark__25_474585761"/>
       <w:bookmarkEnd w:id="93"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> Iscritto/a</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="94" w:name="__Fieldmark__26_2607280612"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="96" w:name="__Fieldmark__26_2607280612"/>
+      <w:bookmarkStart w:id="94" w:name="__Fieldmark__26_474585761"/>
+      <w:bookmarkStart w:id="95" w:name="__Fieldmark__26_474585761"/>
+      <w:bookmarkStart w:id="96" w:name="__Fieldmark__26_474585761"/>
       <w:bookmarkEnd w:id="96"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> Non iscritto/a, perché </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__27_2607280612"/>
+            <w:name w:val="__Fieldmark__27_474585761"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="97" w:name="__Fieldmark__27_2607280612"/>
-      <w:bookmarkStart w:id="98" w:name="__Fieldmark__27_2607280612"/>
+      <w:bookmarkStart w:id="97" w:name="__Fieldmark__27_474585761"/>
+      <w:bookmarkStart w:id="98" w:name="__Fieldmark__27_474585761"/>
       <w:bookmarkEnd w:id="98"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="99" w:name="__Fieldmark__27_2607280612"/>
+      <w:bookmarkStart w:id="99" w:name="__Fieldmark__27_474585761"/>
       <w:bookmarkEnd w:id="99"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__28_2607280612"/>
+            <w:name w:val="__Fieldmark__28_474585761"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="100" w:name="__Fieldmark__28_2607280612"/>
-      <w:bookmarkStart w:id="101" w:name="__Fieldmark__28_2607280612"/>
+      <w:bookmarkStart w:id="100" w:name="__Fieldmark__28_474585761"/>
+      <w:bookmarkStart w:id="101" w:name="__Fieldmark__28_474585761"/>
       <w:bookmarkEnd w:id="101"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="102" w:name="__Fieldmark__28_2607280612"/>
+      <w:bookmarkStart w:id="102" w:name="__Fieldmark__28_474585761"/>
       <w:bookmarkEnd w:id="102"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">Verbale n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__29_2607280612"/>
+            <w:name w:val="__Fieldmark__29_474585761"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="103" w:name="__Fieldmark__29_2607280612"/>
-      <w:bookmarkStart w:id="104" w:name="__Fieldmark__29_2607280612"/>
+      <w:bookmarkStart w:id="103" w:name="__Fieldmark__29_474585761"/>
+      <w:bookmarkStart w:id="104" w:name="__Fieldmark__29_474585761"/>
       <w:bookmarkEnd w:id="104"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="105" w:name="__Fieldmark__29_2607280612"/>
+      <w:bookmarkStart w:id="105" w:name="__Fieldmark__29_474585761"/>
       <w:bookmarkEnd w:id="105"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> del </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__30_2607280612"/>
+            <w:name w:val="__Fieldmark__30_474585761"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="106" w:name="__Fieldmark__30_2607280612"/>
-      <w:bookmarkStart w:id="107" w:name="__Fieldmark__30_2607280612"/>
+      <w:bookmarkStart w:id="106" w:name="__Fieldmark__30_474585761"/>
+      <w:bookmarkStart w:id="107" w:name="__Fieldmark__30_474585761"/>
       <w:bookmarkEnd w:id="107"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="108" w:name="__Fieldmark__30_2607280612"/>
+      <w:bookmarkStart w:id="108" w:name="__Fieldmark__30_474585761"/>
       <w:bookmarkEnd w:id="108"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:i/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">Lì </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__31_2607280612"/>
+            <w:name w:val="__Fieldmark__31_474585761"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="109" w:name="__Fieldmark__31_2607280612"/>
-      <w:bookmarkStart w:id="110" w:name="__Fieldmark__31_2607280612"/>
+      <w:bookmarkStart w:id="109" w:name="__Fieldmark__31_474585761"/>
+      <w:bookmarkStart w:id="110" w:name="__Fieldmark__31_474585761"/>
       <w:bookmarkEnd w:id="110"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="111" w:name="__Fieldmark__31_2607280612"/>
+      <w:bookmarkStart w:id="111" w:name="__Fieldmark__31_474585761"/>
       <w:bookmarkEnd w:id="111"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:b/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:i/>
           <w:iCs/>
@@ -3466,73 +3466,73 @@
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="1304" w:firstLine="284"/>
         <w:jc w:val="left"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Il responsabile del servizio</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__32_2607280612"/>
+            <w:name w:val="__Fieldmark__32_474585761"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="112" w:name="__Fieldmark__32_2607280612"/>
-      <w:bookmarkStart w:id="113" w:name="__Fieldmark__32_2607280612"/>
+      <w:bookmarkStart w:id="112" w:name="__Fieldmark__32_474585761"/>
+      <w:bookmarkStart w:id="113" w:name="__Fieldmark__32_474585761"/>
       <w:bookmarkEnd w:id="113"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="114" w:name="__Fieldmark__32_2607280612"/>
+      <w:bookmarkStart w:id="114" w:name="__Fieldmark__32_474585761"/>
       <w:bookmarkEnd w:id="114"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:left="1134" w:right="1134" w:header="720" w:top="1134" w:footer="340" w:bottom="1134" w:gutter="0"/>
           <w:cols w:num="2" w:space="454" w:equalWidth="true" w:sep="true"/>
           <w:formProt w:val="false"/>
           <w:textDirection w:val="lrTb"/>
           <w:docGrid w:type="default" w:linePitch="326" w:charSpace="0"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>